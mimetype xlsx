--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -6,88 +6,88 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6506257-E1B7-4FB8-BE1D-6D019BE61B11}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAC77481-2AC5-45A8-8C38-FDDB8C228FC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D312" i="4" l="1"/>
   <c r="D311" i="4"/>
   <c r="D310" i="4"/>
   <c r="D309" i="4"/>
   <c r="D308" i="4"/>
   <c r="D307" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="396" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="32">
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>June</t>
   </si>
   <si>
     <t>July</t>
   </si>
   <si>
@@ -824,51 +824,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:K385"/>
+  <dimension ref="B2:K387"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="8.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" style="2" customWidth="1"/>
     <col min="4" max="5" width="15.1640625" style="2" customWidth="1"/>
     <col min="6" max="11" width="12.6640625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
@@ -12324,77 +12324,137 @@
       <c r="D384" s="10">
         <v>27</v>
       </c>
       <c r="E384" s="10">
         <v>20</v>
       </c>
       <c r="F384" s="10">
         <v>19</v>
       </c>
       <c r="G384" s="10">
         <v>0</v>
       </c>
       <c r="H384" s="10">
         <v>1</v>
       </c>
       <c r="I384" s="10">
         <v>0</v>
       </c>
       <c r="J384" s="10">
         <v>1</v>
       </c>
       <c r="K384" s="10">
         <v>6</v>
       </c>
     </row>
-    <row r="385" spans="2:11" ht="11.25" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C385" s="29" t="s">
+    <row r="385" spans="2:11" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B385" s="16"/>
+      <c r="C385" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="D385" s="30">
+      <c r="D385" s="10">
         <v>27</v>
       </c>
-      <c r="E385" s="30">
-[...2 lines deleted...]
-      <c r="F385" s="30">
+      <c r="E385" s="10">
+        <v>20</v>
+      </c>
+      <c r="F385" s="10">
         <v>19</v>
       </c>
-      <c r="G385" s="30">
-[...11 lines deleted...]
-      <c r="K385" s="30">
+      <c r="G385" s="10">
+        <v>0</v>
+      </c>
+      <c r="H385" s="10">
+        <v>1</v>
+      </c>
+      <c r="I385" s="10">
+        <v>0</v>
+      </c>
+      <c r="J385" s="10">
+        <v>1</v>
+      </c>
+      <c r="K385" s="10">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="386" spans="2:11" s="14" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B386" s="16"/>
+      <c r="C386" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D386" s="10">
+        <v>27</v>
+      </c>
+      <c r="E386" s="10">
+        <v>20</v>
+      </c>
+      <c r="F386" s="10">
+        <v>19</v>
+      </c>
+      <c r="G386" s="10">
+        <v>0</v>
+      </c>
+      <c r="H386" s="10">
+        <v>1</v>
+      </c>
+      <c r="I386" s="10">
+        <v>0</v>
+      </c>
+      <c r="J386" s="10">
+        <v>1</v>
+      </c>
+      <c r="K386" s="10">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="387" spans="2:11" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="B387" s="29"/>
+      <c r="C387" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="D387" s="30">
+        <v>27</v>
+      </c>
+      <c r="E387" s="30">
+        <v>20</v>
+      </c>
+      <c r="F387" s="30">
+        <v>19</v>
+      </c>
+      <c r="G387" s="30">
+        <v>0</v>
+      </c>
+      <c r="H387" s="30">
+        <v>1</v>
+      </c>
+      <c r="I387" s="30">
+        <v>0</v>
+      </c>
+      <c r="J387" s="30">
+        <v>1</v>
+      </c>
+      <c r="K387" s="30">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="K5:K6"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="I5:I6"/>
     <mergeCell ref="J5:J6"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">