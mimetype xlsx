--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\hnb.local\Banka\DMFS\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_10_31\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\KAMATNE STOPE - NOVO MOSTv2\BILTENSKE TABLICE od 03-2020\G1-G6\2025\G tablice 2025_12_31\Radna mapa\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8A4D3AB-6CAD-40F3-944B-D79E53ED7FBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{84BFA07E-E3B3-4176-BB03-E0B766F46804}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{2A397CFF-3B35-4F02-B37A-898FECA13039}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1462" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1464" uniqueCount="40">
   <si>
     <t xml:space="preserve">     O/w: revolving loans</t>
   </si>
   <si>
     <t xml:space="preserve">     O/w: overdrafts</t>
   </si>
   <si>
     <t xml:space="preserve">     O/w: sole proprietors</t>
   </si>
   <si>
     <t xml:space="preserve">     O/w: with fixed interest rate</t>
   </si>
   <si>
     <t xml:space="preserve">            Short-term</t>
   </si>
   <si>
     <t xml:space="preserve">            Long-term</t>
   </si>
   <si>
     <t xml:space="preserve">     O/w: General-purpose cash loans</t>
   </si>
   <si>
     <t>in % on annual basis</t>
   </si>
   <si>
@@ -670,65 +670,58 @@
   <si>
     <r>
       <t xml:space="preserve">            4.3</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Over 5 years initial rate fixation</t>
     </r>
   </si>
   <si>
     <t>Note: Starting with January 2023, all data refer only to loans in euro.</t>
   </si>
-  <si>
-[...4 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
-    <numFmt numFmtId="166" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -888,51 +881,51 @@
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -1040,53 +1033,50 @@
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="16" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Međunaslov u tablici" xfId="2" xr:uid="{C1ED4855-934A-48D7-B250-BAC0F3D7B003}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 4" xfId="1" xr:uid="{A2ED208C-72B4-4CD9-AE85-D67478489F71}"/>
     <cellStyle name="Normalno 4 2" xfId="4" xr:uid="{95E5BF66-76B5-497D-9954-56763A8913A8}"/>
     <cellStyle name="Zaglavlje" xfId="3" xr:uid="{4FE0CBA5-B9C0-4C21-8397-A6E09834A644}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1370,127 +1360,129 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D452154F-F31F-482E-B28C-288453F0DB7B}">
-  <dimension ref="B2:FM92"/>
+  <dimension ref="B2:FO92"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.88671875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.6640625" style="8" customWidth="1"/>
     <col min="2" max="2" width="43.33203125" style="8" customWidth="1"/>
     <col min="3" max="148" width="7.88671875" style="8"/>
-    <col min="149" max="169" width="7.88671875" style="44"/>
-    <col min="170" max="16384" width="7.88671875" style="8"/>
+    <col min="149" max="171" width="7.88671875" style="44"/>
+    <col min="172" max="16384" width="7.88671875" style="8"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="25" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="11"/>
       <c r="D3" s="10"/>
     </row>
-    <row r="4" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="1"/>
     </row>
-    <row r="5" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
     </row>
-    <row r="6" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="19" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="7" spans="2:169" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:171" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="12" t="s">
         <v>7</v>
       </c>
       <c r="EE7" s="48"/>
       <c r="EF7" s="48"/>
       <c r="EG7" s="48"/>
       <c r="EH7" s="48"/>
       <c r="EI7" s="48"/>
       <c r="EJ7" s="48"/>
       <c r="EK7" s="48"/>
       <c r="EL7" s="48"/>
       <c r="EM7" s="48"/>
       <c r="EN7" s="48"/>
       <c r="EO7" s="48"/>
       <c r="EP7" s="48"/>
       <c r="EQ7" s="48"/>
       <c r="ER7" s="48"/>
       <c r="ES7" s="45"/>
       <c r="ET7" s="45"/>
       <c r="EU7" s="45"/>
       <c r="EV7" s="45"/>
       <c r="EW7" s="45"/>
       <c r="EX7" s="45"/>
       <c r="EY7" s="45"/>
       <c r="EZ7" s="45"/>
       <c r="FA7" s="45"/>
       <c r="FB7" s="45"/>
       <c r="FC7" s="45"/>
       <c r="FD7" s="45"/>
       <c r="FE7" s="45"/>
       <c r="FF7" s="45"/>
       <c r="FG7" s="45"/>
       <c r="FH7" s="45"/>
       <c r="FI7" s="45"/>
       <c r="FJ7" s="45"/>
       <c r="FK7" s="45"/>
       <c r="FL7" s="45"/>
       <c r="FM7" s="45"/>
+      <c r="FN7" s="45"/>
+      <c r="FO7" s="45"/>
     </row>
-    <row r="8" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="2"/>
       <c r="C8" s="14">
         <v>40908</v>
       </c>
       <c r="D8" s="14">
         <v>40939</v>
       </c>
       <c r="E8" s="14">
         <v>40968</v>
       </c>
       <c r="F8" s="14">
         <v>40999</v>
       </c>
       <c r="G8" s="14">
         <v>41029</v>
       </c>
       <c r="H8" s="14">
         <v>41060</v>
       </c>
       <c r="I8" s="14">
         <v>41090</v>
       </c>
       <c r="J8" s="14">
         <v>41121</v>
       </c>
@@ -1949,52 +1941,58 @@
       </c>
       <c r="FF8" s="15">
         <v>45747</v>
       </c>
       <c r="FG8" s="15">
         <v>45777</v>
       </c>
       <c r="FH8" s="15">
         <v>45808</v>
       </c>
       <c r="FI8" s="15">
         <v>45838</v>
       </c>
       <c r="FJ8" s="15">
         <v>45869</v>
       </c>
       <c r="FK8" s="15">
         <v>45900</v>
       </c>
       <c r="FL8" s="15">
         <v>45930</v>
       </c>
       <c r="FM8" s="15">
         <v>45961</v>
       </c>
+      <c r="FN8" s="15">
+        <v>45991</v>
+      </c>
+      <c r="FO8" s="15">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="9" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="41">
         <v>10.68</v>
       </c>
       <c r="D9" s="41">
         <v>10.81</v>
       </c>
       <c r="E9" s="41">
         <v>10.77</v>
       </c>
       <c r="F9" s="41">
         <v>10.51</v>
       </c>
       <c r="G9" s="41">
         <v>10.71</v>
       </c>
       <c r="H9" s="41">
         <v>10.68</v>
       </c>
       <c r="I9" s="41">
         <v>10.67</v>
       </c>
       <c r="J9" s="41">
@@ -2455,52 +2453,58 @@
       </c>
       <c r="FF9" s="46">
         <v>4.34</v>
       </c>
       <c r="FG9" s="46">
         <v>4.28</v>
       </c>
       <c r="FH9" s="46">
         <v>4.26</v>
       </c>
       <c r="FI9" s="46">
         <v>4.24</v>
       </c>
       <c r="FJ9" s="46">
         <v>4.13</v>
       </c>
       <c r="FK9" s="46">
         <v>4.16</v>
       </c>
       <c r="FL9" s="46">
         <v>4.1399999999999997</v>
       </c>
       <c r="FM9" s="46">
         <v>4.0999999999999996</v>
       </c>
+      <c r="FN9" s="46">
+        <v>4.0599999999999996</v>
+      </c>
+      <c r="FO9" s="46">
+        <v>3.97</v>
+      </c>
     </row>
-    <row r="10" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="20" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="42">
         <v>10.16</v>
       </c>
       <c r="D10" s="42">
         <v>9.98</v>
       </c>
       <c r="E10" s="42">
         <v>9.7799999999999994</v>
       </c>
       <c r="F10" s="42">
         <v>9.68</v>
       </c>
       <c r="G10" s="42">
         <v>9.6999999999999993</v>
       </c>
       <c r="H10" s="42">
         <v>9.7100000000000009</v>
       </c>
       <c r="I10" s="42">
         <v>9.68</v>
       </c>
       <c r="J10" s="42">
@@ -2961,52 +2965,58 @@
       </c>
       <c r="FF10" s="46">
         <v>5.17</v>
       </c>
       <c r="FG10" s="46">
         <v>5.19</v>
       </c>
       <c r="FH10" s="46">
         <v>5.44</v>
       </c>
       <c r="FI10" s="46">
         <v>5.0999999999999996</v>
       </c>
       <c r="FJ10" s="46">
         <v>5.0599999999999996</v>
       </c>
       <c r="FK10" s="46">
         <v>4.8499999999999996</v>
       </c>
       <c r="FL10" s="46">
         <v>4.96</v>
       </c>
       <c r="FM10" s="46">
         <v>4.9000000000000004</v>
       </c>
+      <c r="FN10" s="46">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="FO10" s="46">
+        <v>4.8600000000000003</v>
+      </c>
     </row>
-    <row r="11" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B11" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="42">
         <v>11.51</v>
       </c>
       <c r="D11" s="42">
         <v>11.67</v>
       </c>
       <c r="E11" s="42">
         <v>11.62</v>
       </c>
       <c r="F11" s="42">
         <v>11.5</v>
       </c>
       <c r="G11" s="42">
         <v>11.65</v>
       </c>
       <c r="H11" s="42">
         <v>11.54</v>
       </c>
       <c r="I11" s="42">
         <v>11.51</v>
       </c>
       <c r="J11" s="42">
@@ -3467,52 +3477,58 @@
       </c>
       <c r="FF11" s="46">
         <v>5.5</v>
       </c>
       <c r="FG11" s="46">
         <v>5.46</v>
       </c>
       <c r="FH11" s="46">
         <v>5.45</v>
       </c>
       <c r="FI11" s="46">
         <v>5.44</v>
       </c>
       <c r="FJ11" s="46">
         <v>5.21</v>
       </c>
       <c r="FK11" s="46">
         <v>5.21</v>
       </c>
       <c r="FL11" s="46">
         <v>5.19</v>
       </c>
       <c r="FM11" s="46">
         <v>5.15</v>
       </c>
+      <c r="FN11" s="46">
+        <v>5.09</v>
+      </c>
+      <c r="FO11" s="46">
+        <v>5</v>
+      </c>
     </row>
-    <row r="12" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B12" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="42">
         <v>10.41</v>
       </c>
       <c r="D12" s="42">
         <v>10.41</v>
       </c>
       <c r="E12" s="42">
         <v>10.36</v>
       </c>
       <c r="F12" s="42">
         <v>9.85</v>
       </c>
       <c r="G12" s="42">
         <v>10.25</v>
       </c>
       <c r="H12" s="42">
         <v>10.19</v>
       </c>
       <c r="I12" s="42">
         <v>10.19</v>
       </c>
       <c r="J12" s="42">
@@ -3973,52 +3989,58 @@
       </c>
       <c r="FF12" s="46">
         <v>3.9</v>
       </c>
       <c r="FG12" s="46">
         <v>3.88</v>
       </c>
       <c r="FH12" s="46">
         <v>3.87</v>
       </c>
       <c r="FI12" s="46">
         <v>3.87</v>
       </c>
       <c r="FJ12" s="46">
         <v>3.85</v>
       </c>
       <c r="FK12" s="46">
         <v>3.89</v>
       </c>
       <c r="FL12" s="46">
         <v>3.89</v>
       </c>
       <c r="FM12" s="46">
         <v>3.87</v>
       </c>
+      <c r="FN12" s="46">
+        <v>3.85</v>
+      </c>
+      <c r="FO12" s="46">
+        <v>3.83</v>
+      </c>
     </row>
-    <row r="13" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C13" s="42">
         <v>10.3</v>
       </c>
       <c r="D13" s="42">
         <v>10.49</v>
       </c>
       <c r="E13" s="42">
         <v>10.6</v>
       </c>
       <c r="F13" s="42">
         <v>10.210000000000001</v>
       </c>
       <c r="G13" s="42">
         <v>10.34</v>
       </c>
       <c r="H13" s="42">
         <v>10.14</v>
       </c>
       <c r="I13" s="42">
         <v>10.130000000000001</v>
       </c>
       <c r="J13" s="42">
@@ -4479,52 +4501,58 @@
       </c>
       <c r="FF13" s="46">
         <v>6.18</v>
       </c>
       <c r="FG13" s="46">
         <v>6.14</v>
       </c>
       <c r="FH13" s="46">
         <v>6.24</v>
       </c>
       <c r="FI13" s="46">
         <v>6.03</v>
       </c>
       <c r="FJ13" s="46">
         <v>5.8</v>
       </c>
       <c r="FK13" s="46">
         <v>5.81</v>
       </c>
       <c r="FL13" s="46">
         <v>5.8</v>
       </c>
       <c r="FM13" s="46">
         <v>5.74</v>
       </c>
+      <c r="FN13" s="46">
+        <v>5.79</v>
+      </c>
+      <c r="FO13" s="46">
+        <v>5.81</v>
+      </c>
     </row>
-    <row r="14" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="42">
         <v>7.18</v>
       </c>
       <c r="D14" s="42">
         <v>6.9</v>
       </c>
       <c r="E14" s="42">
         <v>7.07</v>
       </c>
       <c r="F14" s="42">
         <v>7.06</v>
       </c>
       <c r="G14" s="42">
         <v>7.07</v>
       </c>
       <c r="H14" s="42">
         <v>7.02</v>
       </c>
       <c r="I14" s="42">
         <v>6.94</v>
       </c>
       <c r="J14" s="42">
@@ -4985,52 +5013,58 @@
       </c>
       <c r="FF14" s="46">
         <v>4.96</v>
       </c>
       <c r="FG14" s="46">
         <v>4.92</v>
       </c>
       <c r="FH14" s="46">
         <v>4.95</v>
       </c>
       <c r="FI14" s="46">
         <v>4.88</v>
       </c>
       <c r="FJ14" s="46">
         <v>5.0599999999999996</v>
       </c>
       <c r="FK14" s="46">
         <v>4.93</v>
       </c>
       <c r="FL14" s="46">
         <v>4.9800000000000004</v>
       </c>
       <c r="FM14" s="46">
         <v>4.9800000000000004</v>
       </c>
+      <c r="FN14" s="46">
+        <v>5.01</v>
+      </c>
+      <c r="FO14" s="46">
+        <v>4.8</v>
+      </c>
     </row>
-    <row r="15" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="42"/>
       <c r="D15" s="42"/>
       <c r="E15" s="42"/>
       <c r="F15" s="42"/>
       <c r="G15" s="42"/>
       <c r="H15" s="42"/>
       <c r="I15" s="42"/>
       <c r="J15" s="42"/>
       <c r="K15" s="42"/>
       <c r="L15" s="42"/>
       <c r="M15" s="42"/>
       <c r="N15" s="42"/>
       <c r="O15" s="42"/>
       <c r="P15" s="42"/>
       <c r="Q15" s="42"/>
       <c r="R15" s="42"/>
       <c r="S15" s="42"/>
       <c r="T15" s="42"/>
       <c r="U15" s="42"/>
       <c r="V15" s="42"/>
       <c r="W15" s="42"/>
       <c r="X15" s="42"/>
@@ -5225,52 +5259,58 @@
       </c>
       <c r="FF15" s="46">
         <v>6</v>
       </c>
       <c r="FG15" s="46">
         <v>6</v>
       </c>
       <c r="FH15" s="46">
         <v>6</v>
       </c>
       <c r="FI15" s="46">
         <v>6</v>
       </c>
       <c r="FJ15" s="46">
         <v>5</v>
       </c>
       <c r="FK15" s="46">
         <v>5</v>
       </c>
       <c r="FL15" s="46">
         <v>5</v>
       </c>
       <c r="FM15" s="46">
         <v>4.24</v>
       </c>
+      <c r="FN15" s="46">
+        <v>5</v>
+      </c>
+      <c r="FO15" s="46">
+        <v>5</v>
+      </c>
     </row>
-    <row r="16" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B16" s="36" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I16" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J16" s="42" t="s">
@@ -5731,52 +5771,58 @@
       </c>
       <c r="FF16" s="46">
         <v>4.71</v>
       </c>
       <c r="FG16" s="46">
         <v>4.8</v>
       </c>
       <c r="FH16" s="46">
         <v>4.6500000000000004</v>
       </c>
       <c r="FI16" s="46">
         <v>4.76</v>
       </c>
       <c r="FJ16" s="46">
         <v>4.95</v>
       </c>
       <c r="FK16" s="46">
         <v>4.5599999999999996</v>
       </c>
       <c r="FL16" s="46">
         <v>4.7699999999999996</v>
       </c>
       <c r="FM16" s="46">
         <v>4.62</v>
       </c>
+      <c r="FN16" s="46">
+        <v>4.8099999999999996</v>
+      </c>
+      <c r="FO16" s="46">
+        <v>4.33</v>
+      </c>
     </row>
-    <row r="17" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="36" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G17" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H17" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J17" s="42" t="s">
@@ -6237,52 +6283,58 @@
       </c>
       <c r="FF17" s="46">
         <v>5.04</v>
       </c>
       <c r="FG17" s="46">
         <v>4.9400000000000004</v>
       </c>
       <c r="FH17" s="46">
         <v>5.0599999999999996</v>
       </c>
       <c r="FI17" s="46">
         <v>4.9000000000000004</v>
       </c>
       <c r="FJ17" s="46">
         <v>5.09</v>
       </c>
       <c r="FK17" s="46">
         <v>5.0599999999999996</v>
       </c>
       <c r="FL17" s="46">
         <v>5.03</v>
       </c>
       <c r="FM17" s="46">
         <v>5.09</v>
       </c>
+      <c r="FN17" s="46">
+        <v>5.04</v>
+      </c>
+      <c r="FO17" s="46">
+        <v>4.95</v>
+      </c>
     </row>
-    <row r="18" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G18" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H18" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I18" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J18" s="42" t="s">
@@ -6743,52 +6795,58 @@
       </c>
       <c r="FF18" s="46">
         <v>4.96</v>
       </c>
       <c r="FG18" s="46">
         <v>4.92</v>
       </c>
       <c r="FH18" s="46">
         <v>4.95</v>
       </c>
       <c r="FI18" s="46">
         <v>4.88</v>
       </c>
       <c r="FJ18" s="46">
         <v>5.0599999999999996</v>
       </c>
       <c r="FK18" s="46">
         <v>4.93</v>
       </c>
       <c r="FL18" s="46">
         <v>4.9800000000000004</v>
       </c>
       <c r="FM18" s="46">
         <v>4.9800000000000004</v>
       </c>
+      <c r="FN18" s="46">
+        <v>5.01</v>
+      </c>
+      <c r="FO18" s="46">
+        <v>4.8</v>
+      </c>
     </row>
-    <row r="19" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="42">
         <v>5.66</v>
       </c>
       <c r="D19" s="42">
         <v>5.74</v>
       </c>
       <c r="E19" s="42">
         <v>5.63</v>
       </c>
       <c r="F19" s="42">
         <v>5.31</v>
       </c>
       <c r="G19" s="42">
         <v>5.17</v>
       </c>
       <c r="H19" s="42">
         <v>5.44</v>
       </c>
       <c r="I19" s="42">
         <v>5.43</v>
       </c>
       <c r="J19" s="42">
@@ -7249,52 +7307,58 @@
       </c>
       <c r="FF19" s="46">
         <v>2.94</v>
       </c>
       <c r="FG19" s="46">
         <v>2.91</v>
       </c>
       <c r="FH19" s="46">
         <v>2.91</v>
       </c>
       <c r="FI19" s="46">
         <v>2.93</v>
       </c>
       <c r="FJ19" s="46">
         <v>2.98</v>
       </c>
       <c r="FK19" s="46">
         <v>2.98</v>
       </c>
       <c r="FL19" s="46">
         <v>3</v>
       </c>
       <c r="FM19" s="46">
         <v>3.03</v>
       </c>
+      <c r="FN19" s="46">
+        <v>3.02</v>
+      </c>
+      <c r="FO19" s="46">
+        <v>3.04</v>
+      </c>
     </row>
-    <row r="20" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="36" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="42"/>
       <c r="I20" s="42"/>
       <c r="J20" s="42"/>
       <c r="K20" s="42"/>
       <c r="L20" s="42"/>
       <c r="M20" s="42"/>
       <c r="N20" s="42"/>
       <c r="O20" s="42"/>
       <c r="P20" s="42"/>
       <c r="Q20" s="42"/>
       <c r="R20" s="42"/>
       <c r="S20" s="42"/>
       <c r="T20" s="42"/>
       <c r="U20" s="42"/>
       <c r="V20" s="42"/>
       <c r="W20" s="42"/>
       <c r="X20" s="42"/>
@@ -7489,52 +7553,58 @@
       </c>
       <c r="FF20" s="46">
         <v>3.13</v>
       </c>
       <c r="FG20" s="46">
         <v>2.96</v>
       </c>
       <c r="FH20" s="46">
         <v>2.93</v>
       </c>
       <c r="FI20" s="46">
         <v>3.04</v>
       </c>
       <c r="FJ20" s="46">
         <v>3.19</v>
       </c>
       <c r="FK20" s="46">
         <v>3.18</v>
       </c>
       <c r="FL20" s="46">
         <v>3.19</v>
       </c>
       <c r="FM20" s="46">
         <v>3.19</v>
       </c>
+      <c r="FN20" s="46">
+        <v>3.33</v>
+      </c>
+      <c r="FO20" s="46">
+        <v>3.25</v>
+      </c>
     </row>
-    <row r="21" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="36" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="42"/>
       <c r="D21" s="42"/>
       <c r="E21" s="42"/>
       <c r="F21" s="42"/>
       <c r="G21" s="42"/>
       <c r="H21" s="42"/>
       <c r="I21" s="42"/>
       <c r="J21" s="42"/>
       <c r="K21" s="42"/>
       <c r="L21" s="42"/>
       <c r="M21" s="42"/>
       <c r="N21" s="42"/>
       <c r="O21" s="42"/>
       <c r="P21" s="42"/>
       <c r="Q21" s="42"/>
       <c r="R21" s="42"/>
       <c r="S21" s="42"/>
       <c r="T21" s="42"/>
       <c r="U21" s="42"/>
       <c r="V21" s="42"/>
       <c r="W21" s="42"/>
       <c r="X21" s="42"/>
@@ -7729,52 +7799,58 @@
       </c>
       <c r="FF21" s="46">
         <v>2.96</v>
       </c>
       <c r="FG21" s="46">
         <v>2.84</v>
       </c>
       <c r="FH21" s="46">
         <v>2.71</v>
       </c>
       <c r="FI21" s="46">
         <v>2.77</v>
       </c>
       <c r="FJ21" s="46">
         <v>2.78</v>
       </c>
       <c r="FK21" s="46">
         <v>2.74</v>
       </c>
       <c r="FL21" s="46">
         <v>2.75</v>
       </c>
       <c r="FM21" s="46">
         <v>2.74</v>
       </c>
+      <c r="FN21" s="46">
+        <v>2.75</v>
+      </c>
+      <c r="FO21" s="46">
+        <v>2.83</v>
+      </c>
     </row>
-    <row r="22" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B22" s="37" t="s">
         <v>34</v>
       </c>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="42"/>
       <c r="I22" s="42"/>
       <c r="J22" s="42"/>
       <c r="K22" s="42"/>
       <c r="L22" s="42"/>
       <c r="M22" s="42"/>
       <c r="N22" s="42"/>
       <c r="O22" s="42"/>
       <c r="P22" s="42"/>
       <c r="Q22" s="42"/>
       <c r="R22" s="42"/>
       <c r="S22" s="42"/>
       <c r="T22" s="42"/>
       <c r="U22" s="42"/>
       <c r="V22" s="42"/>
       <c r="W22" s="42"/>
       <c r="X22" s="42"/>
@@ -7969,52 +8045,58 @@
       </c>
       <c r="FF22" s="46">
         <v>2.97</v>
       </c>
       <c r="FG22" s="46">
         <v>2.91</v>
       </c>
       <c r="FH22" s="46">
         <v>2.98</v>
       </c>
       <c r="FI22" s="46">
         <v>3</v>
       </c>
       <c r="FJ22" s="46">
         <v>3.07</v>
       </c>
       <c r="FK22" s="46">
         <v>2.98</v>
       </c>
       <c r="FL22" s="46">
         <v>3</v>
       </c>
       <c r="FM22" s="46">
         <v>2.98</v>
       </c>
+      <c r="FN22" s="46">
+        <v>2.9</v>
+      </c>
+      <c r="FO22" s="46">
+        <v>2.94</v>
+      </c>
     </row>
-    <row r="23" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B23" s="36" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="42"/>
       <c r="D23" s="42"/>
       <c r="E23" s="42"/>
       <c r="F23" s="42"/>
       <c r="G23" s="42"/>
       <c r="H23" s="42"/>
       <c r="I23" s="42"/>
       <c r="J23" s="42"/>
       <c r="K23" s="42"/>
       <c r="L23" s="42"/>
       <c r="M23" s="42"/>
       <c r="N23" s="42"/>
       <c r="O23" s="42"/>
       <c r="P23" s="42"/>
       <c r="Q23" s="42"/>
       <c r="R23" s="42"/>
       <c r="S23" s="42"/>
       <c r="T23" s="42"/>
       <c r="U23" s="42"/>
       <c r="V23" s="42"/>
       <c r="W23" s="42"/>
       <c r="X23" s="42"/>
@@ -8209,52 +8291,58 @@
       </c>
       <c r="FF23" s="46">
         <v>2.93</v>
       </c>
       <c r="FG23" s="46">
         <v>2.91</v>
       </c>
       <c r="FH23" s="46">
         <v>2.91</v>
       </c>
       <c r="FI23" s="46">
         <v>2.93</v>
       </c>
       <c r="FJ23" s="46">
         <v>2.97</v>
       </c>
       <c r="FK23" s="46">
         <v>2.98</v>
       </c>
       <c r="FL23" s="46">
         <v>3</v>
       </c>
       <c r="FM23" s="46">
         <v>3.03</v>
       </c>
+      <c r="FN23" s="46">
+        <v>3.03</v>
+      </c>
+      <c r="FO23" s="46">
+        <v>3.04</v>
+      </c>
     </row>
-    <row r="24" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B24" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="42"/>
       <c r="I24" s="42"/>
       <c r="J24" s="42"/>
       <c r="K24" s="42"/>
       <c r="L24" s="42"/>
       <c r="M24" s="42"/>
       <c r="N24" s="42"/>
       <c r="O24" s="42"/>
       <c r="P24" s="42"/>
       <c r="Q24" s="42"/>
       <c r="R24" s="42"/>
       <c r="S24" s="42"/>
       <c r="T24" s="42"/>
       <c r="U24" s="42"/>
       <c r="V24" s="42"/>
       <c r="W24" s="42"/>
       <c r="X24" s="42"/>
@@ -8449,52 +8537,58 @@
       </c>
       <c r="FF24" s="46">
         <v>2.93</v>
       </c>
       <c r="FG24" s="46">
         <v>2.91</v>
       </c>
       <c r="FH24" s="46">
         <v>2.91</v>
       </c>
       <c r="FI24" s="46">
         <v>2.93</v>
       </c>
       <c r="FJ24" s="46">
         <v>2.98</v>
       </c>
       <c r="FK24" s="46">
         <v>2.98</v>
       </c>
       <c r="FL24" s="46">
         <v>3.01</v>
       </c>
       <c r="FM24" s="46">
         <v>3.03</v>
       </c>
+      <c r="FN24" s="46">
+        <v>3.03</v>
+      </c>
+      <c r="FO24" s="46">
+        <v>3.05</v>
+      </c>
     </row>
-    <row r="25" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B25" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="42"/>
       <c r="D25" s="42"/>
       <c r="E25" s="42"/>
       <c r="F25" s="42"/>
       <c r="G25" s="42"/>
       <c r="H25" s="42"/>
       <c r="I25" s="42"/>
       <c r="J25" s="42"/>
       <c r="K25" s="42"/>
       <c r="L25" s="42"/>
       <c r="M25" s="42"/>
       <c r="N25" s="42"/>
       <c r="O25" s="42"/>
       <c r="P25" s="42"/>
       <c r="Q25" s="42"/>
       <c r="R25" s="42"/>
       <c r="S25" s="42"/>
       <c r="T25" s="42"/>
       <c r="U25" s="42"/>
       <c r="V25" s="42"/>
       <c r="W25" s="42"/>
       <c r="X25" s="42"/>
@@ -8689,52 +8783,58 @@
       </c>
       <c r="FF25" s="24" t="s">
         <v>9</v>
       </c>
       <c r="FG25" s="24" t="s">
         <v>9</v>
       </c>
       <c r="FH25" s="24">
         <v>3.14</v>
       </c>
       <c r="FI25" s="24" t="s">
         <v>9</v>
       </c>
       <c r="FJ25" s="24" t="s">
         <v>9</v>
       </c>
       <c r="FK25" s="24" t="s">
         <v>9</v>
       </c>
       <c r="FL25" s="24">
         <v>2.89</v>
       </c>
       <c r="FM25" s="24" t="s">
         <v>9</v>
       </c>
+      <c r="FN25" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="FO25" s="24" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="26" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="42"/>
       <c r="I26" s="42"/>
       <c r="J26" s="42"/>
       <c r="K26" s="42"/>
       <c r="L26" s="42"/>
       <c r="M26" s="42"/>
       <c r="N26" s="42"/>
       <c r="O26" s="42"/>
       <c r="P26" s="42"/>
       <c r="Q26" s="42"/>
       <c r="R26" s="42"/>
       <c r="S26" s="42"/>
       <c r="T26" s="42"/>
       <c r="U26" s="42"/>
       <c r="V26" s="42"/>
       <c r="W26" s="42"/>
       <c r="X26" s="42"/>
@@ -8929,52 +9029,58 @@
       </c>
       <c r="FF26" s="46">
         <v>2.93</v>
       </c>
       <c r="FG26" s="46">
         <v>2.91</v>
       </c>
       <c r="FH26" s="46">
         <v>2.91</v>
       </c>
       <c r="FI26" s="46">
         <v>2.93</v>
       </c>
       <c r="FJ26" s="46">
         <v>2.98</v>
       </c>
       <c r="FK26" s="46">
         <v>2.98</v>
       </c>
       <c r="FL26" s="46">
         <v>3.01</v>
       </c>
       <c r="FM26" s="46">
         <v>3.03</v>
       </c>
+      <c r="FN26" s="46">
+        <v>3.03</v>
+      </c>
+      <c r="FO26" s="46">
+        <v>3.05</v>
+      </c>
     </row>
-    <row r="27" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C27" s="42">
         <v>8.68</v>
       </c>
       <c r="D27" s="42">
         <v>8.43</v>
       </c>
       <c r="E27" s="42">
         <v>8.75</v>
       </c>
       <c r="F27" s="42">
         <v>8.98</v>
       </c>
       <c r="G27" s="42">
         <v>8.9700000000000006</v>
       </c>
       <c r="H27" s="42">
         <v>9.0399999999999991</v>
       </c>
       <c r="I27" s="42">
         <v>8.98</v>
       </c>
       <c r="J27" s="42">
@@ -9435,52 +9541,58 @@
       </c>
       <c r="FF27" s="46">
         <v>5.69</v>
       </c>
       <c r="FG27" s="46">
         <v>5.63</v>
       </c>
       <c r="FH27" s="46">
         <v>5.65</v>
       </c>
       <c r="FI27" s="46">
         <v>5.57</v>
       </c>
       <c r="FJ27" s="46">
         <v>5.56</v>
       </c>
       <c r="FK27" s="46">
         <v>5.51</v>
       </c>
       <c r="FL27" s="46">
         <v>5.42</v>
       </c>
       <c r="FM27" s="46">
         <v>5.35</v>
       </c>
+      <c r="FN27" s="46">
+        <v>5.34</v>
+      </c>
+      <c r="FO27" s="46">
+        <v>5.37</v>
+      </c>
     </row>
-    <row r="28" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="36" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="42"/>
       <c r="I28" s="42"/>
       <c r="J28" s="42"/>
       <c r="K28" s="42"/>
       <c r="L28" s="42"/>
       <c r="M28" s="42"/>
       <c r="N28" s="42"/>
       <c r="O28" s="42"/>
       <c r="P28" s="42"/>
       <c r="Q28" s="42"/>
       <c r="R28" s="42"/>
       <c r="S28" s="42"/>
       <c r="T28" s="42"/>
       <c r="U28" s="42"/>
       <c r="V28" s="42"/>
       <c r="W28" s="42"/>
       <c r="X28" s="42"/>
@@ -9675,52 +9787,58 @@
       </c>
       <c r="FF28" s="46">
         <v>5.58</v>
       </c>
       <c r="FG28" s="46">
         <v>5.65</v>
       </c>
       <c r="FH28" s="46">
         <v>5.44</v>
       </c>
       <c r="FI28" s="46">
         <v>5.45</v>
       </c>
       <c r="FJ28" s="46">
         <v>5.4</v>
       </c>
       <c r="FK28" s="46">
         <v>5.4</v>
       </c>
       <c r="FL28" s="46">
         <v>4.93</v>
       </c>
       <c r="FM28" s="46">
         <v>5.47</v>
       </c>
+      <c r="FN28" s="46">
+        <v>5.07</v>
+      </c>
+      <c r="FO28" s="46">
+        <v>5.23</v>
+      </c>
     </row>
-    <row r="29" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="36" t="s">
         <v>24</v>
       </c>
       <c r="C29" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F29" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G29" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H29" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I29" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J29" s="42" t="s">
@@ -10181,52 +10299,58 @@
       </c>
       <c r="FF29" s="46">
         <v>5.86</v>
       </c>
       <c r="FG29" s="46">
         <v>5.88</v>
       </c>
       <c r="FH29" s="46">
         <v>5.88</v>
       </c>
       <c r="FI29" s="46">
         <v>5.82</v>
       </c>
       <c r="FJ29" s="46">
         <v>5.68</v>
       </c>
       <c r="FK29" s="46">
         <v>5.63</v>
       </c>
       <c r="FL29" s="46">
         <v>5.63</v>
       </c>
       <c r="FM29" s="46">
         <v>5.49</v>
       </c>
+      <c r="FN29" s="46">
+        <v>5.52</v>
+      </c>
+      <c r="FO29" s="46">
+        <v>5.43</v>
+      </c>
     </row>
-    <row r="30" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="36" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F30" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G30" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H30" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I30" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J30" s="42" t="s">
@@ -10687,52 +10811,58 @@
       </c>
       <c r="FF30" s="46">
         <v>5.63</v>
       </c>
       <c r="FG30" s="46">
         <v>5.53</v>
       </c>
       <c r="FH30" s="46">
         <v>5.58</v>
       </c>
       <c r="FI30" s="46">
         <v>5.48</v>
       </c>
       <c r="FJ30" s="46">
         <v>5.53</v>
       </c>
       <c r="FK30" s="46">
         <v>5.47</v>
       </c>
       <c r="FL30" s="46">
         <v>5.39</v>
       </c>
       <c r="FM30" s="46">
         <v>5.3</v>
       </c>
+      <c r="FN30" s="46">
+        <v>5.31</v>
+      </c>
+      <c r="FO30" s="46">
+        <v>5.36</v>
+      </c>
     </row>
-    <row r="31" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C31" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F31" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G31" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H31" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I31" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J31" s="42" t="s">
@@ -11193,52 +11323,58 @@
       </c>
       <c r="FF31" s="46">
         <v>5.84</v>
       </c>
       <c r="FG31" s="46">
         <v>5.76</v>
       </c>
       <c r="FH31" s="46">
         <v>5.81</v>
       </c>
       <c r="FI31" s="46">
         <v>5.76</v>
       </c>
       <c r="FJ31" s="46">
         <v>5.73</v>
       </c>
       <c r="FK31" s="46">
         <v>5.73</v>
       </c>
       <c r="FL31" s="46">
         <v>5.57</v>
       </c>
       <c r="FM31" s="46">
         <v>5.53</v>
       </c>
+      <c r="FN31" s="46">
+        <v>5.57</v>
+      </c>
+      <c r="FO31" s="46">
+        <v>5.53</v>
+      </c>
     </row>
-    <row r="32" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B32" s="36" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F32" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G32" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H32" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I32" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J32" s="42" t="s">
@@ -11699,52 +11835,58 @@
       </c>
       <c r="FF32" s="46">
         <v>6.17</v>
       </c>
       <c r="FG32" s="46">
         <v>5.85</v>
       </c>
       <c r="FH32" s="46">
         <v>6.16</v>
       </c>
       <c r="FI32" s="46">
         <v>6.08</v>
       </c>
       <c r="FJ32" s="46">
         <v>5.81</v>
       </c>
       <c r="FK32" s="46">
         <v>5.79</v>
       </c>
       <c r="FL32" s="46">
         <v>5.32</v>
       </c>
       <c r="FM32" s="46">
         <v>5.77</v>
       </c>
+      <c r="FN32" s="46">
+        <v>5.64</v>
+      </c>
+      <c r="FO32" s="46">
+        <v>5.0999999999999996</v>
+      </c>
     </row>
-    <row r="33" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B33" s="37" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G33" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H33" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I33" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J33" s="42" t="s">
@@ -12205,52 +12347,58 @@
       </c>
       <c r="FF33" s="46">
         <v>6.06</v>
       </c>
       <c r="FG33" s="46">
         <v>6</v>
       </c>
       <c r="FH33" s="46">
         <v>6.02</v>
       </c>
       <c r="FI33" s="46">
         <v>5.9</v>
       </c>
       <c r="FJ33" s="46">
         <v>5.79</v>
       </c>
       <c r="FK33" s="46">
         <v>5.78</v>
       </c>
       <c r="FL33" s="46">
         <v>5.69</v>
       </c>
       <c r="FM33" s="46">
         <v>5.66</v>
       </c>
+      <c r="FN33" s="46">
+        <v>5.7</v>
+      </c>
+      <c r="FO33" s="46">
+        <v>5.69</v>
+      </c>
     </row>
-    <row r="34" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B34" s="36" t="s">
         <v>38</v>
       </c>
       <c r="C34" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F34" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G34" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H34" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I34" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J34" s="42" t="s">
@@ -12711,52 +12859,58 @@
       </c>
       <c r="FF34" s="46">
         <v>5.75</v>
       </c>
       <c r="FG34" s="46">
         <v>5.67</v>
       </c>
       <c r="FH34" s="46">
         <v>5.73</v>
       </c>
       <c r="FI34" s="46">
         <v>5.7</v>
       </c>
       <c r="FJ34" s="46">
         <v>5.71</v>
       </c>
       <c r="FK34" s="46">
         <v>5.71</v>
       </c>
       <c r="FL34" s="46">
         <v>5.54</v>
       </c>
       <c r="FM34" s="46">
         <v>5.49</v>
       </c>
+      <c r="FN34" s="46">
+        <v>5.54</v>
+      </c>
+      <c r="FO34" s="46">
+        <v>5.5</v>
+      </c>
     </row>
-    <row r="35" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B35" s="39" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="42" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="42" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="42" t="s">
         <v>10</v>
       </c>
       <c r="F35" s="42" t="s">
         <v>10</v>
       </c>
       <c r="G35" s="42" t="s">
         <v>10</v>
       </c>
       <c r="H35" s="42" t="s">
         <v>10</v>
       </c>
       <c r="I35" s="42" t="s">
         <v>10</v>
       </c>
       <c r="J35" s="42" t="s">
@@ -13217,52 +13371,58 @@
       </c>
       <c r="FF35" s="46">
         <v>5.84</v>
       </c>
       <c r="FG35" s="46">
         <v>5.76</v>
       </c>
       <c r="FH35" s="46">
         <v>5.81</v>
       </c>
       <c r="FI35" s="46">
         <v>5.76</v>
       </c>
       <c r="FJ35" s="46">
         <v>5.73</v>
       </c>
       <c r="FK35" s="46">
         <v>5.73</v>
       </c>
       <c r="FL35" s="46">
         <v>5.57</v>
       </c>
       <c r="FM35" s="46">
         <v>5.54</v>
       </c>
+      <c r="FN35" s="46">
+        <v>5.59</v>
+      </c>
+      <c r="FO35" s="46">
+        <v>5.56</v>
+      </c>
     </row>
-    <row r="36" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B36" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="43">
         <v>7.09</v>
       </c>
       <c r="D36" s="43">
         <v>7.58</v>
       </c>
       <c r="E36" s="43">
         <v>7.87</v>
       </c>
       <c r="F36" s="43">
         <v>7.3</v>
       </c>
       <c r="G36" s="43">
         <v>7.22</v>
       </c>
       <c r="H36" s="43">
         <v>8.01</v>
       </c>
       <c r="I36" s="43">
         <v>7.25</v>
       </c>
       <c r="J36" s="43">
@@ -13723,103 +13883,109 @@
       </c>
       <c r="FF36" s="47">
         <v>5.27</v>
       </c>
       <c r="FG36" s="47">
         <v>5.22</v>
       </c>
       <c r="FH36" s="47">
         <v>5.19</v>
       </c>
       <c r="FI36" s="47">
         <v>4.8499999999999996</v>
       </c>
       <c r="FJ36" s="47">
         <v>4.99</v>
       </c>
       <c r="FK36" s="47">
         <v>4.8</v>
       </c>
       <c r="FL36" s="47">
         <v>4.71</v>
       </c>
       <c r="FM36" s="47">
         <v>5.16</v>
       </c>
+      <c r="FN36" s="47">
+        <v>4.74</v>
+      </c>
+      <c r="FO36" s="47">
+        <v>4.79</v>
+      </c>
     </row>
-    <row r="37" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="5"/>
     </row>
-    <row r="38" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="39" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="18" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="40" spans="2:169" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:171" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B40" s="13" t="s">
         <v>8</v>
       </c>
       <c r="EE40" s="48"/>
       <c r="EF40" s="48"/>
       <c r="EG40" s="48"/>
       <c r="EH40" s="48"/>
       <c r="EI40" s="48"/>
       <c r="EJ40" s="48"/>
       <c r="EK40" s="48"/>
       <c r="EL40" s="48"/>
       <c r="EM40" s="48"/>
       <c r="EN40" s="48"/>
       <c r="EO40" s="48"/>
       <c r="EP40" s="48"/>
       <c r="EQ40" s="48"/>
       <c r="ER40" s="48"/>
       <c r="ES40" s="48"/>
       <c r="ET40" s="48"/>
       <c r="EU40" s="48"/>
       <c r="EV40" s="48"/>
       <c r="EW40" s="48"/>
       <c r="EX40" s="48"/>
       <c r="EY40" s="48"/>
       <c r="EZ40" s="48"/>
       <c r="FA40" s="48"/>
       <c r="FB40" s="48"/>
       <c r="FC40" s="48"/>
       <c r="FD40" s="48"/>
       <c r="FE40" s="48"/>
       <c r="FF40" s="48"/>
       <c r="FG40" s="48"/>
       <c r="FH40" s="48"/>
       <c r="FI40" s="48"/>
       <c r="FJ40" s="48"/>
       <c r="FK40" s="48"/>
-      <c r="FL40" s="48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="FL40" s="48"/>
       <c r="FM40" s="48"/>
+      <c r="FN40" s="48"/>
+      <c r="FO40" s="48"/>
     </row>
-    <row r="41" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="2"/>
       <c r="C41" s="14">
         <v>40908</v>
       </c>
       <c r="D41" s="14">
         <v>40939</v>
       </c>
       <c r="E41" s="14">
         <v>40968</v>
       </c>
       <c r="F41" s="14">
         <v>40999</v>
       </c>
       <c r="G41" s="14">
         <v>41029</v>
       </c>
       <c r="H41" s="14">
         <v>41060</v>
       </c>
       <c r="I41" s="14">
         <v>41090</v>
       </c>
       <c r="J41" s="14">
         <v>41121</v>
       </c>
@@ -14278,52 +14444,58 @@
       </c>
       <c r="FF41" s="15">
         <v>45747</v>
       </c>
       <c r="FG41" s="15">
         <v>45777</v>
       </c>
       <c r="FH41" s="15">
         <v>45808</v>
       </c>
       <c r="FI41" s="15">
         <v>45838</v>
       </c>
       <c r="FJ41" s="15">
         <v>45869</v>
       </c>
       <c r="FK41" s="15">
         <v>45900</v>
       </c>
       <c r="FL41" s="15">
         <v>45930</v>
       </c>
       <c r="FM41" s="15">
         <v>45961</v>
       </c>
+      <c r="FN41" s="15">
+        <v>45991</v>
+      </c>
+      <c r="FO41" s="15">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="42" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="34">
         <v>1525.6063218100001</v>
       </c>
       <c r="D42" s="34">
         <v>1550.95537754</v>
       </c>
       <c r="E42" s="34">
         <v>1497.2731525300001</v>
       </c>
       <c r="F42" s="34">
         <v>1408.0824052400001</v>
       </c>
       <c r="G42" s="34">
         <v>1603.6633612199998</v>
       </c>
       <c r="H42" s="34">
         <v>1598.23846549</v>
       </c>
       <c r="I42" s="34">
         <v>1592.9510407300002</v>
       </c>
       <c r="J42" s="34">
@@ -14784,52 +14956,58 @@
       </c>
       <c r="FF42" s="30">
         <v>1393.9361879</v>
       </c>
       <c r="FG42" s="30">
         <v>1395.7512815799998</v>
       </c>
       <c r="FH42" s="30">
         <v>1399.4119116400002</v>
       </c>
       <c r="FI42" s="30">
         <v>1396.08279242</v>
       </c>
       <c r="FJ42" s="30">
         <v>1401.2741830299999</v>
       </c>
       <c r="FK42" s="30">
         <v>1403.2636346400002</v>
       </c>
       <c r="FL42" s="30">
         <v>1414.49262634</v>
       </c>
       <c r="FM42" s="30">
         <v>1443.9658884600001</v>
       </c>
+      <c r="FN42" s="30">
+        <v>1469.6185146199998</v>
+      </c>
+      <c r="FO42" s="30">
+        <v>1443.18256531</v>
+      </c>
     </row>
-    <row r="43" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="20" t="s">
         <v>0</v>
       </c>
       <c r="C43" s="35">
         <v>13.22617958</v>
       </c>
       <c r="D43" s="35">
         <v>14.281804589999998</v>
       </c>
       <c r="E43" s="35">
         <v>14.844262219999999</v>
       </c>
       <c r="F43" s="35">
         <v>15.521686949999999</v>
       </c>
       <c r="G43" s="35">
         <v>15.596977120000002</v>
       </c>
       <c r="H43" s="35">
         <v>15.97096357</v>
       </c>
       <c r="I43" s="35">
         <v>15.89873021</v>
       </c>
       <c r="J43" s="35">
@@ -15290,52 +15468,58 @@
       </c>
       <c r="FF43" s="30">
         <v>20.74316503</v>
       </c>
       <c r="FG43" s="30">
         <v>23.296725170000002</v>
       </c>
       <c r="FH43" s="30">
         <v>25.815303850000003</v>
       </c>
       <c r="FI43" s="30">
         <v>28.674196590000001</v>
       </c>
       <c r="FJ43" s="30">
         <v>28.386451530000002</v>
       </c>
       <c r="FK43" s="30">
         <v>28.79966804</v>
       </c>
       <c r="FL43" s="30">
         <v>23.958827469999999</v>
       </c>
       <c r="FM43" s="30">
         <v>23.613569699999999</v>
       </c>
+      <c r="FN43" s="30">
+        <v>26.6971737</v>
+      </c>
+      <c r="FO43" s="30">
+        <v>27.663328359999998</v>
+      </c>
     </row>
-    <row r="44" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C44" s="35">
         <v>903.71815790999995</v>
       </c>
       <c r="D44" s="35">
         <v>933.11043369000004</v>
       </c>
       <c r="E44" s="35">
         <v>890.45954089000008</v>
       </c>
       <c r="F44" s="35">
         <v>877.20173236999995</v>
       </c>
       <c r="G44" s="35">
         <v>984.89227955999991</v>
       </c>
       <c r="H44" s="35">
         <v>985.45362942000008</v>
       </c>
       <c r="I44" s="35">
         <v>984.81860848999997</v>
       </c>
       <c r="J44" s="35">
@@ -15796,52 +15980,58 @@
       </c>
       <c r="FF44" s="30">
         <v>696.92131721999999</v>
       </c>
       <c r="FG44" s="30">
         <v>689.93259367999997</v>
       </c>
       <c r="FH44" s="30">
         <v>684.96222595000006</v>
       </c>
       <c r="FI44" s="30">
         <v>678.91546736999999</v>
       </c>
       <c r="FJ44" s="30">
         <v>685.23446123999997</v>
       </c>
       <c r="FK44" s="30">
         <v>696.8901854500001</v>
       </c>
       <c r="FL44" s="30">
         <v>706.30235216999995</v>
       </c>
       <c r="FM44" s="30">
         <v>718.56605462000005</v>
       </c>
+      <c r="FN44" s="30">
+        <v>729.90428815999996</v>
+      </c>
+      <c r="FO44" s="30">
+        <v>694.08762509999997</v>
+      </c>
     </row>
-    <row r="45" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="20" t="s">
         <v>30</v>
       </c>
       <c r="C45" s="35">
         <v>523.56615586000009</v>
       </c>
       <c r="D45" s="35">
         <v>521.32994552000002</v>
       </c>
       <c r="E45" s="35">
         <v>514.16555230000006</v>
       </c>
       <c r="F45" s="35">
         <v>434.11006001999999</v>
       </c>
       <c r="G45" s="35">
         <v>510.21132115</v>
       </c>
       <c r="H45" s="35">
         <v>510.03023796000002</v>
       </c>
       <c r="I45" s="35">
         <v>507.46751269999999</v>
       </c>
       <c r="J45" s="35">
@@ -16302,52 +16492,58 @@
       </c>
       <c r="FF45" s="30">
         <v>524.9569391</v>
       </c>
       <c r="FG45" s="30">
         <v>528.57196907000002</v>
       </c>
       <c r="FH45" s="30">
         <v>531.15154804999997</v>
       </c>
       <c r="FI45" s="30">
         <v>529.7732287</v>
       </c>
       <c r="FJ45" s="30">
         <v>528.62570489999996</v>
       </c>
       <c r="FK45" s="30">
         <v>522.65110214999993</v>
       </c>
       <c r="FL45" s="30">
         <v>525.82431568000004</v>
       </c>
       <c r="FM45" s="30">
         <v>534.00780870999995</v>
       </c>
+      <c r="FN45" s="30">
+        <v>541.85431497000002</v>
+      </c>
+      <c r="FO45" s="30">
+        <v>546.63931879999996</v>
+      </c>
     </row>
-    <row r="46" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B46" s="20" t="s">
         <v>2</v>
       </c>
       <c r="C46" s="35">
         <v>47.651115400000009</v>
       </c>
       <c r="D46" s="35">
         <v>50.302824030000004</v>
       </c>
       <c r="E46" s="35">
         <v>52.54438639</v>
       </c>
       <c r="F46" s="35">
         <v>49.371779400000001</v>
       </c>
       <c r="G46" s="35">
         <v>54.657382470000002</v>
       </c>
       <c r="H46" s="35">
         <v>55.550563760000003</v>
       </c>
       <c r="I46" s="35">
         <v>54.613682289999993</v>
       </c>
       <c r="J46" s="35">
@@ -16808,52 +17004,58 @@
       </c>
       <c r="FF46" s="30">
         <v>46.717475189999995</v>
       </c>
       <c r="FG46" s="30">
         <v>47.5510989</v>
       </c>
       <c r="FH46" s="30">
         <v>45.294018860000001</v>
       </c>
       <c r="FI46" s="30">
         <v>44.22259038</v>
       </c>
       <c r="FJ46" s="30">
         <v>43.312024399999999</v>
       </c>
       <c r="FK46" s="30">
         <v>43.113035770000003</v>
       </c>
       <c r="FL46" s="30">
         <v>44.957716820000002</v>
       </c>
       <c r="FM46" s="30">
         <v>43.61772113</v>
       </c>
+      <c r="FN46" s="30">
+        <v>44.705805310000002</v>
+      </c>
+      <c r="FO46" s="30">
+        <v>45.26433763</v>
+      </c>
     </row>
-    <row r="47" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C47" s="35">
         <v>0.86193783999999996</v>
       </c>
       <c r="D47" s="35">
         <v>0.99025929999999995</v>
       </c>
       <c r="E47" s="35">
         <v>1.4090961</v>
       </c>
       <c r="F47" s="35">
         <v>0.97022056999999995</v>
       </c>
       <c r="G47" s="35">
         <v>1.33612394</v>
       </c>
       <c r="H47" s="35">
         <v>1.69164146</v>
       </c>
       <c r="I47" s="35">
         <v>1.1021679099999999</v>
       </c>
       <c r="J47" s="35">
@@ -17314,52 +17516,58 @@
       </c>
       <c r="FF47" s="30">
         <v>1.4422972299999999</v>
       </c>
       <c r="FG47" s="30">
         <v>2.3221525399999998</v>
       </c>
       <c r="FH47" s="30">
         <v>2.3186372299999998</v>
       </c>
       <c r="FI47" s="30">
         <v>2.41932233</v>
       </c>
       <c r="FJ47" s="30">
         <v>2.1025907799999999</v>
       </c>
       <c r="FK47" s="30">
         <v>1.89385041</v>
       </c>
       <c r="FL47" s="30">
         <v>2.2017432299999999</v>
       </c>
       <c r="FM47" s="30">
         <v>2.1490534500000003</v>
       </c>
+      <c r="FN47" s="30">
+        <v>1.2574747500000001</v>
+      </c>
+      <c r="FO47" s="30">
+        <v>1.5544005900000002</v>
+      </c>
     </row>
-    <row r="48" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C48" s="35"/>
       <c r="D48" s="35"/>
       <c r="E48" s="35"/>
       <c r="F48" s="35"/>
       <c r="G48" s="35"/>
       <c r="H48" s="35"/>
       <c r="I48" s="35"/>
       <c r="J48" s="35"/>
       <c r="K48" s="35"/>
       <c r="L48" s="35"/>
       <c r="M48" s="35"/>
       <c r="N48" s="35"/>
       <c r="O48" s="35"/>
       <c r="P48" s="35"/>
       <c r="Q48" s="35"/>
       <c r="R48" s="35"/>
       <c r="S48" s="35"/>
       <c r="T48" s="35"/>
       <c r="U48" s="35"/>
       <c r="V48" s="35"/>
       <c r="W48" s="35"/>
       <c r="X48" s="35"/>
@@ -17554,52 +17762,58 @@
       </c>
       <c r="FF48" s="30">
         <v>1.2975260000000001E-2</v>
       </c>
       <c r="FG48" s="30">
         <v>7.5286800000000003E-3</v>
       </c>
       <c r="FH48" s="30">
         <v>3.4544599999999999E-3</v>
       </c>
       <c r="FI48" s="30">
         <v>2.0272200000000002E-3</v>
       </c>
       <c r="FJ48" s="30">
         <v>2.53089E-3</v>
       </c>
       <c r="FK48" s="30">
         <v>9.2037E-4</v>
       </c>
       <c r="FL48" s="30">
         <v>5.4718299999999996E-3</v>
       </c>
       <c r="FM48" s="30">
         <v>1.0947709999999999E-2</v>
       </c>
+      <c r="FN48" s="30">
+        <v>3.0526300000000002E-3</v>
+      </c>
+      <c r="FO48" s="30">
+        <v>3.3180599999999998E-3</v>
+      </c>
     </row>
-    <row r="49" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="36" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="35"/>
       <c r="D49" s="35"/>
       <c r="E49" s="35"/>
       <c r="F49" s="35"/>
       <c r="G49" s="35"/>
       <c r="H49" s="35"/>
       <c r="I49" s="35"/>
       <c r="J49" s="35"/>
       <c r="K49" s="35"/>
       <c r="L49" s="35"/>
       <c r="M49" s="35"/>
       <c r="N49" s="35"/>
       <c r="O49" s="35"/>
       <c r="P49" s="35"/>
       <c r="Q49" s="35"/>
       <c r="R49" s="35"/>
       <c r="S49" s="35"/>
       <c r="T49" s="35"/>
       <c r="U49" s="35"/>
       <c r="V49" s="35"/>
       <c r="W49" s="35"/>
       <c r="X49" s="35"/>
@@ -17794,52 +18008,58 @@
       </c>
       <c r="FF49" s="30">
         <v>0.39900734000000004</v>
       </c>
       <c r="FG49" s="30">
         <v>0.40408477000000004</v>
       </c>
       <c r="FH49" s="30">
         <v>0.62156774000000004</v>
       </c>
       <c r="FI49" s="30">
         <v>0.37877063999999999</v>
       </c>
       <c r="FJ49" s="30">
         <v>0.41187649999999998</v>
       </c>
       <c r="FK49" s="30">
         <v>0.49158479999999999</v>
       </c>
       <c r="FL49" s="30">
         <v>0.44439640999999996</v>
       </c>
       <c r="FM49" s="30">
         <v>0.46900825000000002</v>
       </c>
+      <c r="FN49" s="30">
+        <v>0.17644441</v>
+      </c>
+      <c r="FO49" s="30">
+        <v>0.36685710999999999</v>
+      </c>
     </row>
-    <row r="50" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B50" s="36" t="s">
         <v>32</v>
       </c>
       <c r="C50" s="35"/>
       <c r="D50" s="35"/>
       <c r="E50" s="35"/>
       <c r="F50" s="35"/>
       <c r="G50" s="35"/>
       <c r="H50" s="35"/>
       <c r="I50" s="35"/>
       <c r="J50" s="35"/>
       <c r="K50" s="35"/>
       <c r="L50" s="35"/>
       <c r="M50" s="35"/>
       <c r="N50" s="35"/>
       <c r="O50" s="35"/>
       <c r="P50" s="35"/>
       <c r="Q50" s="35"/>
       <c r="R50" s="35"/>
       <c r="S50" s="35"/>
       <c r="T50" s="35"/>
       <c r="U50" s="35"/>
       <c r="V50" s="35"/>
       <c r="W50" s="35"/>
       <c r="X50" s="35"/>
@@ -18034,52 +18254,58 @@
       </c>
       <c r="FF50" s="30">
         <v>1.0303146299999999</v>
       </c>
       <c r="FG50" s="30">
         <v>1.9105390900000001</v>
       </c>
       <c r="FH50" s="30">
         <v>1.6936150300000001</v>
       </c>
       <c r="FI50" s="30">
         <v>2.03852447</v>
       </c>
       <c r="FJ50" s="30">
         <v>1.6881833899999998</v>
       </c>
       <c r="FK50" s="30">
         <v>1.4013452399999999</v>
       </c>
       <c r="FL50" s="30">
         <v>1.7518749899999999</v>
       </c>
       <c r="FM50" s="30">
         <v>1.66909749</v>
       </c>
+      <c r="FN50" s="30">
+        <v>1.0779777099999999</v>
+      </c>
+      <c r="FO50" s="30">
+        <v>1.18422542</v>
+      </c>
     </row>
-    <row r="51" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B51" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C51" s="35"/>
       <c r="D51" s="35"/>
       <c r="E51" s="35"/>
       <c r="F51" s="35"/>
       <c r="G51" s="35"/>
       <c r="H51" s="35"/>
       <c r="I51" s="35"/>
       <c r="J51" s="35"/>
       <c r="K51" s="35"/>
       <c r="L51" s="35"/>
       <c r="M51" s="35"/>
       <c r="N51" s="35"/>
       <c r="O51" s="35"/>
       <c r="P51" s="35"/>
       <c r="Q51" s="35"/>
       <c r="R51" s="35"/>
       <c r="S51" s="35"/>
       <c r="T51" s="35"/>
       <c r="U51" s="35"/>
       <c r="V51" s="35"/>
       <c r="W51" s="35"/>
       <c r="X51" s="35"/>
@@ -18274,52 +18500,58 @@
       </c>
       <c r="FF51" s="30">
         <v>1.4422972299999999</v>
       </c>
       <c r="FG51" s="30">
         <v>2.3221525399999998</v>
       </c>
       <c r="FH51" s="30">
         <v>2.3186372299999998</v>
       </c>
       <c r="FI51" s="30">
         <v>2.41932233</v>
       </c>
       <c r="FJ51" s="30">
         <v>2.1025907799999999</v>
       </c>
       <c r="FK51" s="30">
         <v>1.89385041</v>
       </c>
       <c r="FL51" s="30">
         <v>2.2017432299999999</v>
       </c>
       <c r="FM51" s="30">
         <v>2.1433534500000002</v>
       </c>
+      <c r="FN51" s="30">
+        <v>1.2574747500000001</v>
+      </c>
+      <c r="FO51" s="30">
+        <v>1.5544005900000002</v>
+      </c>
     </row>
-    <row r="52" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="35">
         <v>47.606623769999999</v>
       </c>
       <c r="D52" s="35">
         <v>39.404511200000002</v>
       </c>
       <c r="E52" s="35">
         <v>53.277497969999999</v>
       </c>
       <c r="F52" s="35">
         <v>69.354271589999996</v>
       </c>
       <c r="G52" s="35">
         <v>56.432360269999997</v>
       </c>
       <c r="H52" s="35">
         <v>66.899817900000002</v>
       </c>
       <c r="I52" s="35">
         <v>57.790311520000003</v>
       </c>
       <c r="J52" s="35">
@@ -18780,52 +19012,58 @@
       </c>
       <c r="FF52" s="30">
         <v>440.99441967000001</v>
       </c>
       <c r="FG52" s="30">
         <v>584.70863340999995</v>
       </c>
       <c r="FH52" s="30">
         <v>651.14445674000001</v>
       </c>
       <c r="FI52" s="30">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ52" s="30">
         <v>323.06746545999999</v>
       </c>
       <c r="FK52" s="30">
         <v>251.56757563999997</v>
       </c>
       <c r="FL52" s="30">
         <v>306.37076393000001</v>
       </c>
       <c r="FM52" s="30">
         <v>320.49897258999999</v>
       </c>
+      <c r="FN52" s="30">
+        <v>291.94455780999999</v>
+      </c>
+      <c r="FO52" s="30">
+        <v>319.06077776999996</v>
+      </c>
     </row>
-    <row r="53" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B53" s="36" t="s">
         <v>33</v>
       </c>
       <c r="C53" s="35"/>
       <c r="D53" s="35"/>
       <c r="E53" s="35"/>
       <c r="F53" s="35"/>
       <c r="G53" s="35"/>
       <c r="H53" s="35"/>
       <c r="I53" s="35"/>
       <c r="J53" s="35"/>
       <c r="K53" s="35"/>
       <c r="L53" s="35"/>
       <c r="M53" s="35"/>
       <c r="N53" s="35"/>
       <c r="O53" s="35"/>
       <c r="P53" s="35"/>
       <c r="Q53" s="35"/>
       <c r="R53" s="35"/>
       <c r="S53" s="35"/>
       <c r="T53" s="35"/>
       <c r="U53" s="35"/>
       <c r="V53" s="35"/>
       <c r="W53" s="35"/>
       <c r="X53" s="35"/>
@@ -19020,52 +19258,58 @@
       </c>
       <c r="FF53" s="30">
         <v>12.75749961</v>
       </c>
       <c r="FG53" s="30">
         <v>20.90750646</v>
       </c>
       <c r="FH53" s="30">
         <v>16.331826150000001</v>
       </c>
       <c r="FI53" s="30">
         <v>12.427421109999999</v>
       </c>
       <c r="FJ53" s="30">
         <v>5.7568800900000001</v>
       </c>
       <c r="FK53" s="30">
         <v>5.45444525</v>
       </c>
       <c r="FL53" s="30">
         <v>6.9802090099999994</v>
       </c>
       <c r="FM53" s="30">
         <v>6.6054709300000001</v>
       </c>
+      <c r="FN53" s="30">
+        <v>8.4052469999999992</v>
+      </c>
+      <c r="FO53" s="30">
+        <v>12.008177380000001</v>
+      </c>
     </row>
-    <row r="54" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B54" s="36" t="s">
         <v>21</v>
       </c>
       <c r="C54" s="35"/>
       <c r="D54" s="35"/>
       <c r="E54" s="35"/>
       <c r="F54" s="35"/>
       <c r="G54" s="35"/>
       <c r="H54" s="35"/>
       <c r="I54" s="35"/>
       <c r="J54" s="35"/>
       <c r="K54" s="35"/>
       <c r="L54" s="35"/>
       <c r="M54" s="35"/>
       <c r="N54" s="35"/>
       <c r="O54" s="35"/>
       <c r="P54" s="35"/>
       <c r="Q54" s="35"/>
       <c r="R54" s="35"/>
       <c r="S54" s="35"/>
       <c r="T54" s="35"/>
       <c r="U54" s="35"/>
       <c r="V54" s="35"/>
       <c r="W54" s="35"/>
       <c r="X54" s="35"/>
@@ -19260,52 +19504,58 @@
       </c>
       <c r="FF54" s="30">
         <v>9.2073349699999998</v>
       </c>
       <c r="FG54" s="30">
         <v>10.53865738</v>
       </c>
       <c r="FH54" s="30">
         <v>10.11747757</v>
       </c>
       <c r="FI54" s="30">
         <v>14.816057800000001</v>
       </c>
       <c r="FJ54" s="30">
         <v>7.1753632000000005</v>
       </c>
       <c r="FK54" s="30">
         <v>5.9445572499999999</v>
       </c>
       <c r="FL54" s="30">
         <v>8.5538968999999998</v>
       </c>
       <c r="FM54" s="30">
         <v>6.7961995399999999</v>
       </c>
+      <c r="FN54" s="30">
+        <v>8.2361729300000004</v>
+      </c>
+      <c r="FO54" s="30">
+        <v>9.6565224799999996</v>
+      </c>
     </row>
-    <row r="55" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="37" t="s">
         <v>34</v>
       </c>
       <c r="C55" s="35"/>
       <c r="D55" s="35"/>
       <c r="E55" s="35"/>
       <c r="F55" s="35"/>
       <c r="G55" s="35"/>
       <c r="H55" s="35"/>
       <c r="I55" s="35"/>
       <c r="J55" s="35"/>
       <c r="K55" s="35"/>
       <c r="L55" s="35"/>
       <c r="M55" s="35"/>
       <c r="N55" s="35"/>
       <c r="O55" s="35"/>
       <c r="P55" s="35"/>
       <c r="Q55" s="35"/>
       <c r="R55" s="35"/>
       <c r="S55" s="35"/>
       <c r="T55" s="35"/>
       <c r="U55" s="35"/>
       <c r="V55" s="35"/>
       <c r="W55" s="35"/>
       <c r="X55" s="35"/>
@@ -19500,52 +19750,58 @@
       </c>
       <c r="FF55" s="30">
         <v>17.477265420000002</v>
       </c>
       <c r="FG55" s="30">
         <v>18.108857530000002</v>
       </c>
       <c r="FH55" s="30">
         <v>22.964050510000003</v>
       </c>
       <c r="FI55" s="30">
         <v>24.953689870000002</v>
       </c>
       <c r="FJ55" s="30">
         <v>11.517904250000001</v>
       </c>
       <c r="FK55" s="30">
         <v>10.17284817</v>
       </c>
       <c r="FL55" s="30">
         <v>11.66506435</v>
       </c>
       <c r="FM55" s="30">
         <v>16.846569629999998</v>
       </c>
+      <c r="FN55" s="30">
+        <v>15.704755970000001</v>
+      </c>
+      <c r="FO55" s="30">
+        <v>18.717901680000001</v>
+      </c>
     </row>
-    <row r="56" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="36" t="s">
         <v>22</v>
       </c>
       <c r="C56" s="35"/>
       <c r="D56" s="35"/>
       <c r="E56" s="35"/>
       <c r="F56" s="35"/>
       <c r="G56" s="35"/>
       <c r="H56" s="35"/>
       <c r="I56" s="35"/>
       <c r="J56" s="35"/>
       <c r="K56" s="35"/>
       <c r="L56" s="35"/>
       <c r="M56" s="35"/>
       <c r="N56" s="35"/>
       <c r="O56" s="35"/>
       <c r="P56" s="35"/>
       <c r="Q56" s="35"/>
       <c r="R56" s="35"/>
       <c r="S56" s="35"/>
       <c r="T56" s="35"/>
       <c r="U56" s="35"/>
       <c r="V56" s="35"/>
       <c r="W56" s="35"/>
       <c r="X56" s="35"/>
@@ -19740,52 +19996,58 @@
       </c>
       <c r="FF56" s="30">
         <v>401.55231967000003</v>
       </c>
       <c r="FG56" s="30">
         <v>535.15361203999998</v>
       </c>
       <c r="FH56" s="30">
         <v>601.73110251000003</v>
       </c>
       <c r="FI56" s="30">
         <v>780.50770025999998</v>
       </c>
       <c r="FJ56" s="30">
         <v>298.61731792</v>
       </c>
       <c r="FK56" s="30">
         <v>229.99572497</v>
       </c>
       <c r="FL56" s="30">
         <v>279.17159366999999</v>
       </c>
       <c r="FM56" s="30">
         <v>290.25073249000002</v>
       </c>
+      <c r="FN56" s="30">
+        <v>259.59838191</v>
+      </c>
+      <c r="FO56" s="30">
+        <v>278.67817623000002</v>
+      </c>
     </row>
-    <row r="57" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B57" s="20" t="s">
         <v>3</v>
       </c>
       <c r="C57" s="35"/>
       <c r="D57" s="35"/>
       <c r="E57" s="35"/>
       <c r="F57" s="35"/>
       <c r="G57" s="35"/>
       <c r="H57" s="35"/>
       <c r="I57" s="35"/>
       <c r="J57" s="35"/>
       <c r="K57" s="35"/>
       <c r="L57" s="35"/>
       <c r="M57" s="35"/>
       <c r="N57" s="35"/>
       <c r="O57" s="35"/>
       <c r="P57" s="35"/>
       <c r="Q57" s="35"/>
       <c r="R57" s="35"/>
       <c r="S57" s="35"/>
       <c r="T57" s="35"/>
       <c r="U57" s="35"/>
       <c r="V57" s="35"/>
       <c r="W57" s="35"/>
       <c r="X57" s="35"/>
@@ -19980,52 +20242,58 @@
       </c>
       <c r="FF57" s="30">
         <v>416.99994430000004</v>
       </c>
       <c r="FG57" s="30">
         <v>552.33243700000003</v>
       </c>
       <c r="FH57" s="30">
         <v>623.10620988000005</v>
       </c>
       <c r="FI57" s="30">
         <v>806.09024649000003</v>
       </c>
       <c r="FJ57" s="30">
         <v>309.06225406999999</v>
       </c>
       <c r="FK57" s="30">
         <v>238.4083086</v>
       </c>
       <c r="FL57" s="30">
         <v>289.23288836</v>
       </c>
       <c r="FM57" s="30">
         <v>301.16454735000002</v>
       </c>
+      <c r="FN57" s="30">
+        <v>267.15513952999999</v>
+      </c>
+      <c r="FO57" s="30">
+        <v>288.57903813000001</v>
+      </c>
     </row>
-    <row r="58" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="35"/>
       <c r="D58" s="35"/>
       <c r="E58" s="35"/>
       <c r="F58" s="35"/>
       <c r="G58" s="35"/>
       <c r="H58" s="35"/>
       <c r="I58" s="35"/>
       <c r="J58" s="35"/>
       <c r="K58" s="35"/>
       <c r="L58" s="35"/>
       <c r="M58" s="35"/>
       <c r="N58" s="35"/>
       <c r="O58" s="35"/>
       <c r="P58" s="35"/>
       <c r="Q58" s="35"/>
       <c r="R58" s="35"/>
       <c r="S58" s="35"/>
       <c r="T58" s="35"/>
       <c r="U58" s="35"/>
       <c r="V58" s="35"/>
       <c r="W58" s="35"/>
       <c r="X58" s="35"/>
@@ -20220,52 +20488,58 @@
       </c>
       <c r="FF58" s="35" t="s">
         <v>9</v>
       </c>
       <c r="FG58" s="35" t="s">
         <v>9</v>
       </c>
       <c r="FH58" s="35">
         <v>0.04</v>
       </c>
       <c r="FI58" s="35" t="s">
         <v>9</v>
       </c>
       <c r="FJ58" s="35" t="s">
         <v>9</v>
       </c>
       <c r="FK58" s="35" t="s">
         <v>9</v>
       </c>
       <c r="FL58" s="35">
         <v>9.8442400000000006E-3</v>
       </c>
       <c r="FM58" s="35" t="s">
         <v>9</v>
       </c>
+      <c r="FN58" s="35" t="s">
+        <v>9</v>
+      </c>
+      <c r="FO58" s="35" t="s">
+        <v>9</v>
+      </c>
     </row>
-    <row r="59" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B59" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C59" s="35"/>
       <c r="D59" s="35"/>
       <c r="E59" s="35"/>
       <c r="F59" s="35"/>
       <c r="G59" s="35"/>
       <c r="H59" s="35"/>
       <c r="I59" s="35"/>
       <c r="J59" s="35"/>
       <c r="K59" s="35"/>
       <c r="L59" s="35"/>
       <c r="M59" s="35"/>
       <c r="N59" s="35"/>
       <c r="O59" s="35"/>
       <c r="P59" s="35"/>
       <c r="Q59" s="35"/>
       <c r="R59" s="35"/>
       <c r="S59" s="35"/>
       <c r="T59" s="35"/>
       <c r="U59" s="35"/>
       <c r="V59" s="35"/>
       <c r="W59" s="35"/>
       <c r="X59" s="35"/>
@@ -20460,52 +20734,58 @@
       </c>
       <c r="FF59" s="30">
         <v>416.99994430000004</v>
       </c>
       <c r="FG59" s="30">
         <v>552.33243700000003</v>
       </c>
       <c r="FH59" s="30">
         <v>623.06620987999997</v>
       </c>
       <c r="FI59" s="30">
         <v>806.09024649000003</v>
       </c>
       <c r="FJ59" s="30">
         <v>309.06225406999999</v>
       </c>
       <c r="FK59" s="30">
         <v>238.4083086</v>
       </c>
       <c r="FL59" s="30">
         <v>289.22304412</v>
       </c>
       <c r="FM59" s="30">
         <v>301.16454735000002</v>
       </c>
+      <c r="FN59" s="30">
+        <v>267.15513952999999</v>
+      </c>
+      <c r="FO59" s="30">
+        <v>288.57903813000001</v>
+      </c>
     </row>
-    <row r="60" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B60" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C60" s="35">
         <v>113.50978103999999</v>
       </c>
       <c r="D60" s="35">
         <v>109.52586878</v>
       </c>
       <c r="E60" s="35">
         <v>122.52922619</v>
       </c>
       <c r="F60" s="35">
         <v>146.50473435000001</v>
       </c>
       <c r="G60" s="35">
         <v>122.59999901</v>
       </c>
       <c r="H60" s="35">
         <v>144.8795428</v>
       </c>
       <c r="I60" s="35">
         <v>311.38302726000001</v>
       </c>
       <c r="J60" s="35">
@@ -20966,52 +21246,58 @@
       </c>
       <c r="FF60" s="30">
         <v>511.99270160000003</v>
       </c>
       <c r="FG60" s="30">
         <v>485.50352229999999</v>
       </c>
       <c r="FH60" s="30">
         <v>471.30003311000002</v>
       </c>
       <c r="FI60" s="30">
         <v>513.62057148999997</v>
       </c>
       <c r="FJ60" s="30">
         <v>402.53466297000006</v>
       </c>
       <c r="FK60" s="30">
         <v>336.71970332999996</v>
       </c>
       <c r="FL60" s="30">
         <v>458.61288931000001</v>
       </c>
       <c r="FM60" s="30">
         <v>476.68641042000002</v>
       </c>
+      <c r="FN60" s="30">
+        <v>394.50109227999997</v>
+      </c>
+      <c r="FO60" s="30">
+        <v>387.37618925999999</v>
+      </c>
     </row>
-    <row r="61" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B61" s="36" t="s">
         <v>35</v>
       </c>
       <c r="C61" s="35"/>
       <c r="D61" s="35"/>
       <c r="E61" s="35"/>
       <c r="F61" s="35"/>
       <c r="G61" s="35"/>
       <c r="H61" s="35"/>
       <c r="I61" s="35"/>
       <c r="J61" s="35"/>
       <c r="K61" s="35"/>
       <c r="L61" s="35"/>
       <c r="M61" s="35"/>
       <c r="N61" s="35"/>
       <c r="O61" s="35"/>
       <c r="P61" s="35"/>
       <c r="Q61" s="35"/>
       <c r="R61" s="35"/>
       <c r="S61" s="35"/>
       <c r="T61" s="35"/>
       <c r="U61" s="35"/>
       <c r="V61" s="35"/>
       <c r="W61" s="35"/>
       <c r="X61" s="35"/>
@@ -21206,52 +21492,58 @@
       </c>
       <c r="FF61" s="30">
         <v>26.280037629999999</v>
       </c>
       <c r="FG61" s="30">
         <v>20.327713690000003</v>
       </c>
       <c r="FH61" s="30">
         <v>20.173288660000001</v>
       </c>
       <c r="FI61" s="30">
         <v>21.625073920000002</v>
       </c>
       <c r="FJ61" s="30">
         <v>22.571648879999998</v>
       </c>
       <c r="FK61" s="30">
         <v>13.335460939999999</v>
       </c>
       <c r="FL61" s="30">
         <v>22.578275519999998</v>
       </c>
       <c r="FM61" s="30">
         <v>22.984952870000001</v>
       </c>
+      <c r="FN61" s="30">
+        <v>29.035127079999999</v>
+      </c>
+      <c r="FO61" s="30">
+        <v>24.26689644</v>
+      </c>
     </row>
-    <row r="62" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B62" s="36" t="s">
         <v>24</v>
       </c>
       <c r="C62" s="35"/>
       <c r="D62" s="35"/>
       <c r="E62" s="35"/>
       <c r="F62" s="35"/>
       <c r="G62" s="35"/>
       <c r="H62" s="35"/>
       <c r="I62" s="35"/>
       <c r="J62" s="35"/>
       <c r="K62" s="35"/>
       <c r="L62" s="35"/>
       <c r="M62" s="35"/>
       <c r="N62" s="35"/>
       <c r="O62" s="35"/>
       <c r="P62" s="35"/>
       <c r="Q62" s="35"/>
       <c r="R62" s="35"/>
       <c r="S62" s="35"/>
       <c r="T62" s="35"/>
       <c r="U62" s="35"/>
       <c r="V62" s="35"/>
       <c r="W62" s="35"/>
       <c r="X62" s="35"/>
@@ -21446,52 +21738,58 @@
       </c>
       <c r="FF62" s="30">
         <v>144.41161265</v>
       </c>
       <c r="FG62" s="30">
         <v>128.32068115000001</v>
       </c>
       <c r="FH62" s="30">
         <v>127.99115513</v>
       </c>
       <c r="FI62" s="30">
         <v>135.72099731</v>
       </c>
       <c r="FJ62" s="30">
         <v>99.066716909999997</v>
       </c>
       <c r="FK62" s="30">
         <v>82.059668950000002</v>
       </c>
       <c r="FL62" s="30">
         <v>102.38481596</v>
       </c>
       <c r="FM62" s="30">
         <v>104.88841001999999</v>
       </c>
+      <c r="FN62" s="30">
+        <v>84.461397950000006</v>
+      </c>
+      <c r="FO62" s="30">
+        <v>90.134266549999992</v>
+      </c>
     </row>
-    <row r="63" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B63" s="36" t="s">
         <v>36</v>
       </c>
       <c r="C63" s="35"/>
       <c r="D63" s="35"/>
       <c r="E63" s="35"/>
       <c r="F63" s="35"/>
       <c r="G63" s="35"/>
       <c r="H63" s="35"/>
       <c r="I63" s="35"/>
       <c r="J63" s="35"/>
       <c r="K63" s="35"/>
       <c r="L63" s="35"/>
       <c r="M63" s="35"/>
       <c r="N63" s="35"/>
       <c r="O63" s="35"/>
       <c r="P63" s="35"/>
       <c r="Q63" s="35"/>
       <c r="R63" s="35"/>
       <c r="S63" s="35"/>
       <c r="T63" s="35"/>
       <c r="U63" s="35"/>
       <c r="V63" s="35"/>
       <c r="W63" s="35"/>
       <c r="X63" s="35"/>
@@ -21686,52 +21984,58 @@
       </c>
       <c r="FF63" s="30">
         <v>341.30105132</v>
       </c>
       <c r="FG63" s="30">
         <v>336.85512746000001</v>
       </c>
       <c r="FH63" s="30">
         <v>323.13558932000001</v>
       </c>
       <c r="FI63" s="30">
         <v>356.27450025999997</v>
       </c>
       <c r="FJ63" s="30">
         <v>280.89629718000003</v>
       </c>
       <c r="FK63" s="30">
         <v>241.32457343999999</v>
       </c>
       <c r="FL63" s="30">
         <v>333.64979783000001</v>
       </c>
       <c r="FM63" s="30">
         <v>348.81304752999995</v>
       </c>
+      <c r="FN63" s="30">
+        <v>281.00456724999998</v>
+      </c>
+      <c r="FO63" s="30">
+        <v>272.97502627</v>
+      </c>
     </row>
-    <row r="64" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B64" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C64" s="35"/>
       <c r="D64" s="35"/>
       <c r="E64" s="35"/>
       <c r="F64" s="35"/>
       <c r="G64" s="35"/>
       <c r="H64" s="35"/>
       <c r="I64" s="35"/>
       <c r="J64" s="35"/>
       <c r="K64" s="35"/>
       <c r="L64" s="35"/>
       <c r="M64" s="35"/>
       <c r="N64" s="35"/>
       <c r="O64" s="35"/>
       <c r="P64" s="35"/>
       <c r="Q64" s="35"/>
       <c r="R64" s="35"/>
       <c r="S64" s="35"/>
       <c r="T64" s="35"/>
       <c r="U64" s="35"/>
       <c r="V64" s="35"/>
       <c r="W64" s="35"/>
       <c r="X64" s="35"/>
@@ -21926,52 +22230,58 @@
       </c>
       <c r="FF64" s="30">
         <v>423.87714632000001</v>
       </c>
       <c r="FG64" s="30">
         <v>413.69433170999997</v>
       </c>
       <c r="FH64" s="30">
         <v>400.87171404000003</v>
       </c>
       <c r="FI64" s="30">
         <v>428.66988385000002</v>
       </c>
       <c r="FJ64" s="30">
         <v>335.94281348999999</v>
       </c>
       <c r="FK64" s="30">
         <v>274.41248511000003</v>
       </c>
       <c r="FL64" s="30">
         <v>388.46530058999997</v>
       </c>
       <c r="FM64" s="30">
         <v>387.27373774</v>
       </c>
+      <c r="FN64" s="30">
+        <v>310.05283768999999</v>
+      </c>
+      <c r="FO64" s="30">
+        <v>321.19731047000005</v>
+      </c>
     </row>
-    <row r="65" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B65" s="36" t="s">
         <v>25</v>
       </c>
       <c r="C65" s="35"/>
       <c r="D65" s="35"/>
       <c r="E65" s="35"/>
       <c r="F65" s="35"/>
       <c r="G65" s="35"/>
       <c r="H65" s="35"/>
       <c r="I65" s="35"/>
       <c r="J65" s="35"/>
       <c r="K65" s="35"/>
       <c r="L65" s="35"/>
       <c r="M65" s="35"/>
       <c r="N65" s="35"/>
       <c r="O65" s="35"/>
       <c r="P65" s="35"/>
       <c r="Q65" s="35"/>
       <c r="R65" s="35"/>
       <c r="S65" s="35"/>
       <c r="T65" s="35"/>
       <c r="U65" s="35"/>
       <c r="V65" s="35"/>
       <c r="W65" s="35"/>
       <c r="X65" s="35"/>
@@ -22166,52 +22476,58 @@
       </c>
       <c r="FF65" s="30">
         <v>3.38917191</v>
       </c>
       <c r="FG65" s="30">
         <v>4.4110079800000008</v>
       </c>
       <c r="FH65" s="30">
         <v>5.0816025700000003</v>
       </c>
       <c r="FI65" s="30">
         <v>5.4373156500000004</v>
       </c>
       <c r="FJ65" s="30">
         <v>5.1810198300000003</v>
       </c>
       <c r="FK65" s="30">
         <v>3.6875506200000001</v>
       </c>
       <c r="FL65" s="30">
         <v>5.6368793200000002</v>
       </c>
       <c r="FM65" s="30">
         <v>5.5053716500000007</v>
       </c>
+      <c r="FN65" s="30">
+        <v>5.8968823200000005</v>
+      </c>
+      <c r="FO65" s="30">
+        <v>6.7787719800000001</v>
+      </c>
     </row>
-    <row r="66" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B66" s="37" t="s">
         <v>37</v>
       </c>
       <c r="C66" s="38"/>
       <c r="D66" s="38"/>
       <c r="E66" s="38"/>
       <c r="F66" s="38"/>
       <c r="G66" s="38"/>
       <c r="H66" s="38"/>
       <c r="I66" s="38"/>
       <c r="J66" s="38"/>
       <c r="K66" s="38"/>
       <c r="L66" s="35"/>
       <c r="M66" s="35"/>
       <c r="N66" s="35"/>
       <c r="O66" s="35"/>
       <c r="P66" s="35"/>
       <c r="Q66" s="35"/>
       <c r="R66" s="35"/>
       <c r="S66" s="35"/>
       <c r="T66" s="35"/>
       <c r="U66" s="35"/>
       <c r="V66" s="35"/>
       <c r="W66" s="35"/>
       <c r="X66" s="35"/>
@@ -22406,52 +22722,58 @@
       </c>
       <c r="FF66" s="30">
         <v>114.94140648</v>
       </c>
       <c r="FG66" s="30">
         <v>108.16900869</v>
       </c>
       <c r="FH66" s="30">
         <v>108.83549832999999</v>
       </c>
       <c r="FI66" s="30">
         <v>120.70767306</v>
       </c>
       <c r="FJ66" s="30">
         <v>82.427818500000001</v>
       </c>
       <c r="FK66" s="30">
         <v>68.284752220000001</v>
       </c>
       <c r="FL66" s="30">
         <v>88.877940049999992</v>
       </c>
       <c r="FM66" s="30">
         <v>84.285193759999999</v>
       </c>
+      <c r="FN66" s="30">
+        <v>68.393529400000006</v>
+      </c>
+      <c r="FO66" s="30">
+        <v>67.905721099999994</v>
+      </c>
     </row>
-    <row r="67" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B67" s="36" t="s">
         <v>38</v>
       </c>
       <c r="C67" s="38"/>
       <c r="D67" s="38"/>
       <c r="E67" s="38"/>
       <c r="F67" s="38"/>
       <c r="G67" s="38"/>
       <c r="H67" s="38"/>
       <c r="I67" s="38"/>
       <c r="J67" s="38"/>
       <c r="K67" s="38"/>
       <c r="L67" s="35"/>
       <c r="M67" s="35"/>
       <c r="N67" s="35"/>
       <c r="O67" s="35"/>
       <c r="P67" s="35"/>
       <c r="Q67" s="35"/>
       <c r="R67" s="35"/>
       <c r="S67" s="35"/>
       <c r="T67" s="35"/>
       <c r="U67" s="35"/>
       <c r="V67" s="35"/>
       <c r="W67" s="35"/>
       <c r="X67" s="35"/>
@@ -22646,52 +22968,58 @@
       </c>
       <c r="FF67" s="30">
         <v>305.54656792999998</v>
       </c>
       <c r="FG67" s="30">
         <v>301.11431504000001</v>
       </c>
       <c r="FH67" s="30">
         <v>286.95461313999999</v>
       </c>
       <c r="FI67" s="30">
         <v>302.52489514000001</v>
       </c>
       <c r="FJ67" s="30">
         <v>248.33397515999999</v>
       </c>
       <c r="FK67" s="30">
         <v>202.44018227000001</v>
       </c>
       <c r="FL67" s="30">
         <v>293.95048122000003</v>
       </c>
       <c r="FM67" s="30">
         <v>297.48317233</v>
       </c>
+      <c r="FN67" s="30">
+        <v>235.76242597000001</v>
+      </c>
+      <c r="FO67" s="30">
+        <v>246.51281738999998</v>
+      </c>
     </row>
-    <row r="68" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B68" s="39" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="35"/>
       <c r="D68" s="35"/>
       <c r="E68" s="35"/>
       <c r="F68" s="35"/>
       <c r="G68" s="35"/>
       <c r="H68" s="35"/>
       <c r="I68" s="35"/>
       <c r="J68" s="35"/>
       <c r="K68" s="35"/>
       <c r="L68" s="35"/>
       <c r="M68" s="35"/>
       <c r="N68" s="35"/>
       <c r="O68" s="35"/>
       <c r="P68" s="35"/>
       <c r="Q68" s="35"/>
       <c r="R68" s="35"/>
       <c r="S68" s="35"/>
       <c r="T68" s="35"/>
       <c r="U68" s="35"/>
       <c r="V68" s="35"/>
       <c r="W68" s="35"/>
       <c r="X68" s="35"/>
@@ -22886,52 +23214,58 @@
       </c>
       <c r="FF68" s="30">
         <v>422.96362422000004</v>
       </c>
       <c r="FG68" s="30">
         <v>412.16318523000001</v>
       </c>
       <c r="FH68" s="30">
         <v>400.20309255000001</v>
       </c>
       <c r="FI68" s="30">
         <v>427.54133277999995</v>
       </c>
       <c r="FJ68" s="30">
         <v>332.70144950000002</v>
       </c>
       <c r="FK68" s="30">
         <v>271.35696581999997</v>
       </c>
       <c r="FL68" s="30">
         <v>384.11211949</v>
       </c>
       <c r="FM68" s="30">
         <v>380.93004344000002</v>
       </c>
+      <c r="FN68" s="30">
+        <v>303.25574642999999</v>
+      </c>
+      <c r="FO68" s="30">
+        <v>311.23855600000002</v>
+      </c>
     </row>
-    <row r="69" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B69" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C69" s="40">
         <v>28.781757639999999</v>
       </c>
       <c r="D69" s="40">
         <v>16.215642639999999</v>
       </c>
       <c r="E69" s="40">
         <v>20.694513969999999</v>
       </c>
       <c r="F69" s="40">
         <v>18.5353563</v>
       </c>
       <c r="G69" s="40">
         <v>14.999120990000002</v>
       </c>
       <c r="H69" s="40">
         <v>16.679866750000002</v>
       </c>
       <c r="I69" s="40">
         <v>16.86977014</v>
       </c>
       <c r="J69" s="40">
@@ -23392,73 +23726,79 @@
       </c>
       <c r="FF69" s="31">
         <v>46.764447750000002</v>
       </c>
       <c r="FG69" s="31">
         <v>31.41518941</v>
       </c>
       <c r="FH69" s="31">
         <v>28.205624950000001</v>
       </c>
       <c r="FI69" s="31">
         <v>28.502679690000001</v>
       </c>
       <c r="FJ69" s="31">
         <v>24.270469690000002</v>
       </c>
       <c r="FK69" s="31">
         <v>27.602529910000001</v>
       </c>
       <c r="FL69" s="31">
         <v>36.715327899999998</v>
       </c>
       <c r="FM69" s="31">
         <v>29.487118679999998</v>
       </c>
+      <c r="FN69" s="31">
+        <v>34.990120700000006</v>
+      </c>
+      <c r="FO69" s="31">
+        <v>32.910104670000003</v>
+      </c>
     </row>
-    <row r="70" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="72" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="71" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="72" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="19" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="73" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="12" t="s">
         <v>7</v>
       </c>
       <c r="EJ73" s="23"/>
       <c r="EK73" s="23"/>
       <c r="EL73" s="23"/>
       <c r="EM73" s="23"/>
       <c r="EN73" s="23"/>
       <c r="EO73" s="23"/>
       <c r="EP73" s="23"/>
       <c r="EQ73" s="23"/>
       <c r="ER73" s="23"/>
     </row>
-    <row r="74" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="6"/>
       <c r="C74" s="14">
         <v>40908</v>
       </c>
       <c r="D74" s="14">
         <v>40939</v>
       </c>
       <c r="E74" s="14">
         <v>40968</v>
       </c>
       <c r="F74" s="14">
         <v>40999</v>
       </c>
       <c r="G74" s="14">
         <v>41029</v>
       </c>
       <c r="H74" s="14">
         <v>41060</v>
       </c>
       <c r="I74" s="14">
         <v>41090</v>
       </c>
       <c r="J74" s="14">
         <v>41121</v>
       </c>
@@ -23881,88 +24221,94 @@
       </c>
       <c r="ET74" s="15">
         <v>45382</v>
       </c>
       <c r="EU74" s="15">
         <v>45412</v>
       </c>
       <c r="EV74" s="15">
         <v>45443</v>
       </c>
       <c r="EW74" s="15">
         <v>45473</v>
       </c>
       <c r="EX74" s="15">
         <v>45504</v>
       </c>
       <c r="EY74" s="15">
         <v>45535</v>
       </c>
       <c r="EZ74" s="15">
         <v>45565</v>
       </c>
       <c r="FA74" s="15">
         <v>45596</v>
       </c>
-      <c r="FB74" s="54">
+      <c r="FB74" s="15">
         <v>45626</v>
       </c>
-      <c r="FC74" s="54">
+      <c r="FC74" s="15">
         <v>45657</v>
       </c>
-      <c r="FD74" s="54">
+      <c r="FD74" s="15">
         <v>45688</v>
       </c>
-      <c r="FE74" s="54">
+      <c r="FE74" s="15">
         <v>45716</v>
       </c>
-      <c r="FF74" s="54">
+      <c r="FF74" s="15">
         <v>45747</v>
       </c>
-      <c r="FG74" s="54">
+      <c r="FG74" s="15">
         <v>45777</v>
       </c>
-      <c r="FH74" s="54">
+      <c r="FH74" s="15">
         <v>45808</v>
       </c>
-      <c r="FI74" s="54">
+      <c r="FI74" s="15">
         <v>45838</v>
       </c>
-      <c r="FJ74" s="54">
+      <c r="FJ74" s="15">
         <v>45869</v>
       </c>
-      <c r="FK74" s="54">
+      <c r="FK74" s="15">
         <v>45900</v>
       </c>
-      <c r="FL74" s="54">
+      <c r="FL74" s="15">
         <v>45930</v>
       </c>
-      <c r="FM74" s="54">
+      <c r="FM74" s="15">
         <v>45961</v>
       </c>
+      <c r="FN74" s="15">
+        <v>45991</v>
+      </c>
+      <c r="FO74" s="15">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="75" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B75" s="16" t="s">
         <v>27</v>
       </c>
       <c r="C75" s="32">
         <v>9.01</v>
       </c>
       <c r="D75" s="32">
         <v>8.9499999999999993</v>
       </c>
       <c r="E75" s="32">
         <v>8.9</v>
       </c>
       <c r="F75" s="32">
         <v>9.14</v>
       </c>
       <c r="G75" s="32">
         <v>9.56</v>
       </c>
       <c r="H75" s="32">
         <v>9.2200000000000006</v>
       </c>
       <c r="I75" s="32">
         <v>9.27</v>
       </c>
       <c r="J75" s="32">
@@ -24423,52 +24769,58 @@
       </c>
       <c r="FF75" s="49">
         <v>5.23</v>
       </c>
       <c r="FG75" s="49">
         <v>5.5</v>
       </c>
       <c r="FH75" s="49">
         <v>5.45</v>
       </c>
       <c r="FI75" s="49">
         <v>5.39</v>
       </c>
       <c r="FJ75" s="49">
         <v>5.49</v>
       </c>
       <c r="FK75" s="49">
         <v>5.41</v>
       </c>
       <c r="FL75" s="49">
         <v>5.33</v>
       </c>
       <c r="FM75" s="49">
         <v>5.33</v>
       </c>
+      <c r="FN75" s="49">
+        <v>5.33</v>
+      </c>
+      <c r="FO75" s="49">
+        <v>5.23</v>
+      </c>
     </row>
-    <row r="76" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B76" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C76" s="24">
         <v>6.25</v>
       </c>
       <c r="D76" s="24">
         <v>6.32</v>
       </c>
       <c r="E76" s="24">
         <v>6.23</v>
       </c>
       <c r="F76" s="24">
         <v>5.76</v>
       </c>
       <c r="G76" s="24">
         <v>5.9</v>
       </c>
       <c r="H76" s="24">
         <v>6</v>
       </c>
       <c r="I76" s="24">
         <v>6.11</v>
       </c>
       <c r="J76" s="24">
@@ -24929,52 +25281,58 @@
       </c>
       <c r="FF76" s="49">
         <v>3.31</v>
       </c>
       <c r="FG76" s="49">
         <v>3.24</v>
       </c>
       <c r="FH76" s="49">
         <v>3.25</v>
       </c>
       <c r="FI76" s="49">
         <v>3.26</v>
       </c>
       <c r="FJ76" s="49">
         <v>3.31</v>
       </c>
       <c r="FK76" s="49">
         <v>3.34</v>
       </c>
       <c r="FL76" s="49">
         <v>3.34</v>
       </c>
       <c r="FM76" s="49">
         <v>3.37</v>
       </c>
+      <c r="FN76" s="49">
+        <v>3.36</v>
+      </c>
+      <c r="FO76" s="49">
+        <v>3.38</v>
+      </c>
     </row>
-    <row r="77" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B77" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C77" s="24"/>
       <c r="D77" s="24"/>
       <c r="E77" s="24"/>
       <c r="F77" s="24"/>
       <c r="G77" s="24"/>
       <c r="H77" s="24"/>
       <c r="I77" s="24"/>
       <c r="J77" s="24"/>
       <c r="K77" s="24"/>
       <c r="L77" s="24"/>
       <c r="M77" s="24"/>
       <c r="N77" s="24"/>
       <c r="O77" s="24"/>
       <c r="P77" s="24"/>
       <c r="Q77" s="24"/>
       <c r="R77" s="24"/>
       <c r="S77" s="24"/>
       <c r="T77" s="24"/>
       <c r="U77" s="24"/>
       <c r="V77" s="24"/>
       <c r="W77" s="24"/>
       <c r="X77" s="24"/>
@@ -25169,52 +25527,58 @@
       </c>
       <c r="FF77" s="49">
         <v>6.08</v>
       </c>
       <c r="FG77" s="49">
         <v>6.02</v>
       </c>
       <c r="FH77" s="49">
         <v>6.03</v>
       </c>
       <c r="FI77" s="49">
         <v>5.92</v>
       </c>
       <c r="FJ77" s="49">
         <v>5.9</v>
       </c>
       <c r="FK77" s="49">
         <v>5.85</v>
       </c>
       <c r="FL77" s="49">
         <v>5.76</v>
       </c>
       <c r="FM77" s="49">
         <v>5.67</v>
       </c>
+      <c r="FN77" s="49">
+        <v>5.68</v>
+      </c>
+      <c r="FO77" s="49">
+        <v>5.74</v>
+      </c>
     </row>
-    <row r="78" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B78" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C78" s="33"/>
       <c r="D78" s="33"/>
       <c r="E78" s="33"/>
       <c r="F78" s="33"/>
       <c r="G78" s="33"/>
       <c r="H78" s="33"/>
       <c r="I78" s="33"/>
       <c r="J78" s="33"/>
       <c r="K78" s="33"/>
       <c r="L78" s="33"/>
       <c r="M78" s="33"/>
       <c r="N78" s="33"/>
       <c r="O78" s="33"/>
       <c r="P78" s="33"/>
       <c r="Q78" s="33"/>
       <c r="R78" s="33"/>
       <c r="S78" s="33"/>
       <c r="T78" s="33"/>
       <c r="U78" s="33"/>
       <c r="V78" s="33"/>
       <c r="W78" s="33"/>
       <c r="X78" s="33"/>
@@ -25409,98 +25773,106 @@
       </c>
       <c r="FF78" s="50">
         <v>6.21</v>
       </c>
       <c r="FG78" s="50">
         <v>6.13</v>
       </c>
       <c r="FH78" s="50">
         <v>6.18</v>
       </c>
       <c r="FI78" s="50">
         <v>6.1</v>
       </c>
       <c r="FJ78" s="50">
         <v>6.07</v>
       </c>
       <c r="FK78" s="50">
         <v>6.07</v>
       </c>
       <c r="FL78" s="50">
         <v>5.91</v>
       </c>
       <c r="FM78" s="50">
         <v>5.85</v>
       </c>
+      <c r="FN78" s="50">
+        <v>5.9</v>
+      </c>
+      <c r="FO78" s="50">
+        <v>5.87</v>
+      </c>
     </row>
-    <row r="79" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="81" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="18" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="82" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="13" t="s">
         <v>8</v>
       </c>
       <c r="EF82" s="23"/>
       <c r="EG82" s="23"/>
       <c r="EH82" s="23"/>
       <c r="EI82" s="23"/>
       <c r="EJ82" s="23"/>
       <c r="EK82" s="23"/>
       <c r="EL82" s="23"/>
       <c r="EM82" s="23"/>
       <c r="EN82" s="23"/>
       <c r="EO82" s="23"/>
       <c r="EP82" s="23"/>
       <c r="EQ82" s="23"/>
       <c r="ER82" s="23"/>
       <c r="ES82" s="23"/>
       <c r="ET82" s="23"/>
       <c r="EU82" s="23"/>
       <c r="EV82" s="23"/>
       <c r="EW82" s="23"/>
       <c r="EX82" s="23"/>
       <c r="EY82" s="23"/>
       <c r="EZ82" s="23"/>
       <c r="FA82" s="23"/>
       <c r="FB82" s="23"/>
       <c r="FC82" s="23"/>
       <c r="FD82" s="23"/>
       <c r="FE82" s="23"/>
       <c r="FF82" s="23"/>
       <c r="FG82" s="23"/>
       <c r="FH82" s="23"/>
       <c r="FI82" s="23"/>
       <c r="FJ82" s="23"/>
       <c r="FK82" s="23"/>
       <c r="FL82" s="23"/>
       <c r="FM82" s="23"/>
+      <c r="FN82" s="23"/>
+      <c r="FO82" s="23"/>
     </row>
-    <row r="83" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="6"/>
       <c r="C83" s="14">
         <v>40908</v>
       </c>
       <c r="D83" s="14">
         <v>40939</v>
       </c>
       <c r="E83" s="14">
         <v>40968</v>
       </c>
       <c r="F83" s="14">
         <v>40999</v>
       </c>
       <c r="G83" s="14">
         <v>41029</v>
       </c>
       <c r="H83" s="14">
         <v>41060</v>
       </c>
       <c r="I83" s="14">
         <v>41090</v>
       </c>
       <c r="J83" s="14">
         <v>41121</v>
       </c>
@@ -25923,88 +26295,94 @@
       </c>
       <c r="ET83" s="15">
         <v>45382</v>
       </c>
       <c r="EU83" s="15">
         <v>45412</v>
       </c>
       <c r="EV83" s="15">
         <v>45443</v>
       </c>
       <c r="EW83" s="15">
         <v>45473</v>
       </c>
       <c r="EX83" s="15">
         <v>45504</v>
       </c>
       <c r="EY83" s="15">
         <v>45535</v>
       </c>
       <c r="EZ83" s="15">
         <v>45565</v>
       </c>
       <c r="FA83" s="15">
         <v>45596</v>
       </c>
-      <c r="FB83" s="54">
+      <c r="FB83" s="15">
         <v>45626</v>
       </c>
-      <c r="FC83" s="54">
+      <c r="FC83" s="15">
         <v>45657</v>
       </c>
-      <c r="FD83" s="54">
+      <c r="FD83" s="15">
         <v>45688</v>
       </c>
-      <c r="FE83" s="54">
+      <c r="FE83" s="15">
         <v>45716</v>
       </c>
-      <c r="FF83" s="54">
+      <c r="FF83" s="15">
         <v>45747</v>
       </c>
-      <c r="FG83" s="54">
+      <c r="FG83" s="15">
         <v>45777</v>
       </c>
-      <c r="FH83" s="54">
+      <c r="FH83" s="15">
         <v>45808</v>
       </c>
-      <c r="FI83" s="54">
+      <c r="FI83" s="15">
         <v>45838</v>
       </c>
-      <c r="FJ83" s="54">
+      <c r="FJ83" s="15">
         <v>45869</v>
       </c>
-      <c r="FK83" s="54">
+      <c r="FK83" s="15">
         <v>45900</v>
       </c>
-      <c r="FL83" s="54">
+      <c r="FL83" s="15">
         <v>45930</v>
       </c>
-      <c r="FM83" s="54">
+      <c r="FM83" s="15">
         <v>45961</v>
       </c>
+      <c r="FN83" s="15">
+        <v>45991</v>
+      </c>
+      <c r="FO83" s="15">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="84" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B84" s="16" t="s">
         <v>27</v>
       </c>
       <c r="C84" s="29">
         <v>0.86193783999999996</v>
       </c>
       <c r="D84" s="29">
         <v>0.99025929999999995</v>
       </c>
       <c r="E84" s="29">
         <v>1.4090961</v>
       </c>
       <c r="F84" s="29">
         <v>0.97022056999999995</v>
       </c>
       <c r="G84" s="29">
         <v>1.33612394</v>
       </c>
       <c r="H84" s="29">
         <v>1.69164146</v>
       </c>
       <c r="I84" s="29">
         <v>1.1021679099999999</v>
       </c>
       <c r="J84" s="29">
@@ -26465,52 +26843,58 @@
       </c>
       <c r="FF84" s="51">
         <v>1.4422972299999999</v>
       </c>
       <c r="FG84" s="51">
         <v>2.3221525399999998</v>
       </c>
       <c r="FH84" s="51">
         <v>2.3186372299999998</v>
       </c>
       <c r="FI84" s="51">
         <v>2.41932233</v>
       </c>
       <c r="FJ84" s="51">
         <v>2.1025907799999999</v>
       </c>
       <c r="FK84" s="51">
         <v>1.89385041</v>
       </c>
       <c r="FL84" s="51">
         <v>2.2017432299999999</v>
       </c>
       <c r="FM84" s="51">
         <v>2.1490534500000003</v>
       </c>
+      <c r="FN84" s="51">
+        <v>1.2574747500000001</v>
+      </c>
+      <c r="FO84" s="51">
+        <v>1.5544005900000002</v>
+      </c>
     </row>
-    <row r="85" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B85" s="7" t="s">
         <v>28</v>
       </c>
       <c r="C85" s="30">
         <v>47.591935659999997</v>
       </c>
       <c r="D85" s="30">
         <v>39.404511200000002</v>
       </c>
       <c r="E85" s="30">
         <v>53.277497969999999</v>
       </c>
       <c r="F85" s="30">
         <v>69.354271589999996</v>
       </c>
       <c r="G85" s="30">
         <v>56.670000010000003</v>
       </c>
       <c r="H85" s="30">
         <v>67.184515950000005</v>
       </c>
       <c r="I85" s="30">
         <v>57.790311520000003</v>
       </c>
       <c r="J85" s="30">
@@ -26971,52 +27355,58 @@
       </c>
       <c r="FF85" s="51">
         <v>440.99441967000001</v>
       </c>
       <c r="FG85" s="51">
         <v>584.70863340999995</v>
       </c>
       <c r="FH85" s="51">
         <v>651.14445674000001</v>
       </c>
       <c r="FI85" s="51">
         <v>832.70486903999995</v>
       </c>
       <c r="FJ85" s="51">
         <v>323.06746545999999</v>
       </c>
       <c r="FK85" s="51">
         <v>251.56757563999997</v>
       </c>
       <c r="FL85" s="51">
         <v>306.37076393000001</v>
       </c>
       <c r="FM85" s="51">
         <v>320.49897258999999</v>
       </c>
+      <c r="FN85" s="51">
+        <v>291.94455780999999</v>
+      </c>
+      <c r="FO85" s="51">
+        <v>319.06077776999996</v>
+      </c>
     </row>
-    <row r="86" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B86" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C86" s="30"/>
       <c r="D86" s="30"/>
       <c r="E86" s="30"/>
       <c r="F86" s="30"/>
       <c r="G86" s="30"/>
       <c r="H86" s="30"/>
       <c r="I86" s="30"/>
       <c r="J86" s="30"/>
       <c r="K86" s="30"/>
       <c r="L86" s="30"/>
       <c r="M86" s="30"/>
       <c r="N86" s="30"/>
       <c r="O86" s="30"/>
       <c r="P86" s="30"/>
       <c r="Q86" s="30"/>
       <c r="R86" s="30"/>
       <c r="S86" s="30"/>
       <c r="T86" s="30"/>
       <c r="U86" s="30"/>
       <c r="V86" s="30"/>
       <c r="W86" s="30"/>
       <c r="X86" s="30"/>
@@ -27211,52 +27601,58 @@
       </c>
       <c r="FF86" s="51">
         <v>509.05787069000002</v>
       </c>
       <c r="FG86" s="51">
         <v>483.77589054999999</v>
       </c>
       <c r="FH86" s="51">
         <v>469.04914267999999</v>
       </c>
       <c r="FI86" s="51">
         <v>510.74088025999998</v>
       </c>
       <c r="FJ86" s="51">
         <v>400.61953782000001</v>
       </c>
       <c r="FK86" s="51">
         <v>335.21493088</v>
       </c>
       <c r="FL86" s="51">
         <v>456.59582044000001</v>
       </c>
       <c r="FM86" s="51">
         <v>474.77299629999999</v>
       </c>
+      <c r="FN86" s="51">
+        <v>390.71311036000003</v>
+      </c>
+      <c r="FO86" s="51">
+        <v>378.74367041000005</v>
+      </c>
     </row>
-    <row r="87" spans="2:169" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="2:171" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B87" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C87" s="31"/>
       <c r="D87" s="31"/>
       <c r="E87" s="31"/>
       <c r="F87" s="31"/>
       <c r="G87" s="31"/>
       <c r="H87" s="31"/>
       <c r="I87" s="31"/>
       <c r="J87" s="31"/>
       <c r="K87" s="31"/>
       <c r="L87" s="31"/>
       <c r="M87" s="31"/>
       <c r="N87" s="31"/>
       <c r="O87" s="31"/>
       <c r="P87" s="31"/>
       <c r="Q87" s="31"/>
       <c r="R87" s="31"/>
       <c r="S87" s="31"/>
       <c r="T87" s="31"/>
       <c r="U87" s="31"/>
       <c r="V87" s="31"/>
       <c r="W87" s="31"/>
       <c r="X87" s="31"/>
@@ -27451,64 +27847,65 @@
       </c>
       <c r="FF87" s="52">
         <v>423.87714632000001</v>
       </c>
       <c r="FG87" s="52">
         <v>413.69433170999997</v>
       </c>
       <c r="FH87" s="52">
         <v>400.85671404000004</v>
       </c>
       <c r="FI87" s="52">
         <v>428.66988385000002</v>
       </c>
       <c r="FJ87" s="52">
         <v>335.94281348999999</v>
       </c>
       <c r="FK87" s="52">
         <v>274.41248511000003</v>
       </c>
       <c r="FL87" s="52">
         <v>388.46530058999997</v>
       </c>
       <c r="FM87" s="52">
         <v>387.27373774</v>
       </c>
+      <c r="FN87" s="52">
+        <v>310.05283768999999</v>
+      </c>
+      <c r="FO87" s="52">
+        <v>321.19731047000005</v>
+      </c>
     </row>
-    <row r="88" spans="2:169" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="90" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" spans="2:171" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="28" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="91" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-    <row r="92" spans="2:169" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="92" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="27" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>