--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6CA2C16-9DF1-43C4-B764-925068E8C05E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB274B5A-A9CE-467B-B286-1E246D7B4649}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{4E5B8D32-77D0-4DF6-B0C9-C2DBCF61A03F}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="583" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="45">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">Year </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t xml:space="preserve">Overnight deposits </t>
   </si>
   <si>
     <t>M1</t>
   </si>
   <si>
     <t>Deposits with agreed maturity up to 2 years</t>
   </si>
   <si>
     <t>Deposits redeemable at notice up to 3 months</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
@@ -745,76 +745,76 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E45D5E7-07FF-4A67-9E2B-9E249457D3D5}">
-  <dimension ref="B2:P187"/>
+  <dimension ref="B2:P189"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="7.33203125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="16384" width="7.28515625" style="1"/>
+    <col min="1" max="1" width="2.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="5.88671875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.88671875" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.33203125" style="1" customWidth="1"/>
+    <col min="5" max="16" width="9.88671875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="7.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:16" ht="9.9" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:16" ht="9.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
     </row>
     <row r="6" spans="2:16" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>31</v>
@@ -828,51 +828,51 @@
       </c>
       <c r="H6" s="38" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="38"/>
       <c r="J6" s="38" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="38"/>
       <c r="L6" s="10" t="s">
         <v>7</v>
       </c>
       <c r="M6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="P6" s="10" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="2:16" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:16" ht="30.6" x14ac:dyDescent="0.2">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="11"/>
       <c r="E7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="13"/>
       <c r="H7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>13</v>
       </c>
       <c r="L7" s="13"/>
       <c r="M7" s="11"/>
       <c r="N7" s="14"/>
@@ -8900,96 +8900,186 @@
         <v>179.26102071</v>
       </c>
       <c r="J185" s="26">
         <v>1.5</v>
       </c>
       <c r="K185" s="26" t="s">
         <v>14</v>
       </c>
       <c r="L185" s="25">
         <v>73539.666846609995</v>
       </c>
       <c r="M185" s="23">
         <v>150.48984548999999</v>
       </c>
       <c r="N185" s="26">
         <v>1267.1895764599999</v>
       </c>
       <c r="O185" s="23" t="s">
         <v>14</v>
       </c>
       <c r="P185" s="25">
         <v>74957.346268559995</v>
       </c>
     </row>
     <row r="186" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B186" s="16"/>
-      <c r="C186" s="37" t="s">
+      <c r="B186" s="6"/>
+      <c r="C186" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="D186" s="17">
+      <c r="D186" s="23">
         <v>9842.5785729599993</v>
       </c>
-      <c r="E186" s="17">
+      <c r="E186" s="23">
         <v>47328.273444960003</v>
       </c>
-      <c r="F186" s="17">
+      <c r="F186" s="23">
         <v>507.16335361</v>
       </c>
-      <c r="G186" s="18">
+      <c r="G186" s="25">
         <v>57678.015371529997</v>
       </c>
-      <c r="H186" s="17">
+      <c r="H186" s="23">
         <v>16102.08473416</v>
       </c>
-      <c r="I186" s="17">
+      <c r="I186" s="23">
         <v>172.66720814000001</v>
       </c>
-      <c r="J186" s="17">
+      <c r="J186" s="26">
         <v>1.5</v>
       </c>
-      <c r="K186" s="17" t="s">
-[...2 lines deleted...]
-      <c r="L186" s="18">
+      <c r="K186" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="L186" s="25">
         <v>73954.267313830002</v>
       </c>
-      <c r="M186" s="17">
+      <c r="M186" s="23">
         <v>118.71230541</v>
       </c>
-      <c r="N186" s="17">
+      <c r="N186" s="26">
         <v>1296.9925564800001</v>
       </c>
-      <c r="O186" s="17" t="s">
-[...2 lines deleted...]
-      <c r="P186" s="18">
+      <c r="O186" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="P186" s="25">
         <v>75369.972175720002</v>
       </c>
     </row>
     <row r="187" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B187" s="32"/>
+      <c r="B187" s="6"/>
+      <c r="C187" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D187" s="23">
+        <v>9889.3109493200009</v>
+      </c>
+      <c r="E187" s="23">
+        <v>47156.568243549998</v>
+      </c>
+      <c r="F187" s="23">
+        <v>512.4637563</v>
+      </c>
+      <c r="G187" s="25">
+        <v>57558.342949170001</v>
+      </c>
+      <c r="H187" s="23">
+        <v>16411.343876440002</v>
+      </c>
+      <c r="I187" s="23">
+        <v>177.81090513000001</v>
+      </c>
+      <c r="J187" s="26">
+        <v>1.5</v>
+      </c>
+      <c r="K187" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="L187" s="25">
+        <v>74148.997730739997</v>
+      </c>
+      <c r="M187" s="23">
+        <v>157.40446795</v>
+      </c>
+      <c r="N187" s="26">
+        <v>1373.49907265</v>
+      </c>
+      <c r="O187" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="P187" s="25">
+        <v>75679.901271340001</v>
+      </c>
+    </row>
+    <row r="188" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B188" s="16"/>
+      <c r="C188" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="D188" s="17">
+        <v>9791.7763004000008</v>
+      </c>
+      <c r="E188" s="17">
+        <v>48212.435641329997</v>
+      </c>
+      <c r="F188" s="17">
+        <v>517.49608552999996</v>
+      </c>
+      <c r="G188" s="18">
+        <v>58521.70802726</v>
+      </c>
+      <c r="H188" s="17">
+        <v>15369.424583030001</v>
+      </c>
+      <c r="I188" s="17">
+        <v>177.20688665</v>
+      </c>
+      <c r="J188" s="17">
+        <v>3.5</v>
+      </c>
+      <c r="K188" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="L188" s="18">
+        <v>74071.839496939996</v>
+      </c>
+      <c r="M188" s="17">
+        <v>172.07259543000001</v>
+      </c>
+      <c r="N188" s="17">
+        <v>1389.15430008</v>
+      </c>
+      <c r="O188" s="17">
+        <v>-24.919736579999999</v>
+      </c>
+      <c r="P188" s="18">
+        <v>75608.146655870005</v>
+      </c>
+    </row>
+    <row r="189" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="H6:I6"/>
     <mergeCell ref="J6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>